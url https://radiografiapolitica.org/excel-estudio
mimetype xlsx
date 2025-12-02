--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -68,83 +68,107 @@
   <si>
     <t xml:space="preserve">Profesión </t>
   </si>
   <si>
     <t xml:space="preserve">Area estudio </t>
   </si>
   <si>
     <t xml:space="preserve">Numero de títulos pregrado </t>
   </si>
   <si>
     <t xml:space="preserve">Numero de títulos posgrado </t>
   </si>
   <si>
     <t xml:space="preserve">Numero de títulos phd </t>
   </si>
   <si>
     <t xml:space="preserve">Cargo </t>
   </si>
   <si>
     <t xml:space="preserve">Categoría </t>
   </si>
   <si>
     <t xml:space="preserve">Función </t>
   </si>
   <si>
+    <t>Wilson Guillermo Ortega Caicedo</t>
+  </si>
+  <si>
+    <t>Abogado</t>
+  </si>
+  <si>
+    <t>Educación comercial y derecho</t>
+  </si>
+  <si>
+    <t>Juez (a) del Tribunal Contencioso Electoral</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Electoral</t>
+  </si>
+  <si>
+    <t>Hernán Patricio Zapata Rojas</t>
+  </si>
+  <si>
+    <t>Ingeniero en Ciencias e Informática</t>
+  </si>
+  <si>
+    <t>Ciencias</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Pichincha</t>
+  </si>
+  <si>
+    <t>Legislativa</t>
+  </si>
+  <si>
     <t>Luisa Magdalena González Alcívar</t>
   </si>
   <si>
     <t>Abogado (a)</t>
   </si>
   <si>
-    <t>Educación comercial y derecho</t>
-[...1 lines deleted...]
-  <si>
     <t>Candidato (a) a Presidente de la República</t>
   </si>
   <si>
-    <t>Función Estado</t>
-[...1 lines deleted...]
-  <si>
     <t>Ejecutiva</t>
   </si>
   <si>
     <t>Amy Yajanua Gende Cordova</t>
   </si>
   <si>
     <t>Licenciada en Relaciones Internacionales</t>
   </si>
   <si>
     <t>Ciencias sociales</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
-    <t>Legislativa</t>
-[...1 lines deleted...]
-  <si>
     <t>Alexandra Manuela Arce Plúas</t>
   </si>
   <si>
     <t>Ingeniero (a) Comercial</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Guayas</t>
   </si>
   <si>
     <t>Zaida Elizabeth Rovira Jurado</t>
   </si>
   <si>
     <t>Licenciada en Ciencias Sociales y Políticas</t>
   </si>
   <si>
     <t>Ministro(a) de Inclusión Económica y Social</t>
   </si>
   <si>
     <t>César Marcel Córdova Valverde</t>
   </si>
   <si>
     <t>Defensor del Pueblo</t>
   </si>
   <si>
     <t>Transparencia y Control Social</t>
@@ -158,158 +182,146 @@
   <si>
     <t>Otros</t>
   </si>
   <si>
     <t>Betsy Yadira Saltos Rivas</t>
   </si>
   <si>
     <t>Licenciada en Contabilidad y Auditoría</t>
   </si>
   <si>
     <t>Consejero (a) del Consejo de Participación Ciudadana y Control Social</t>
   </si>
   <si>
     <t>Stephanie Cristina Carrera Ocampo</t>
   </si>
   <si>
     <t>Abogada</t>
   </si>
   <si>
     <t>Candidato (a) a Vicepresidente de la República</t>
   </si>
   <si>
     <t>Leonardo Renato Berrezueta Carrión</t>
   </si>
   <si>
-    <t>Abogado</t>
-[...1 lines deleted...]
-  <si>
     <t>Asambleísta por la provincia de Azuay</t>
   </si>
   <si>
     <t>Iván Andrés Morales Revelo</t>
   </si>
   <si>
     <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
   </si>
   <si>
     <t>Judicial</t>
   </si>
   <si>
     <t>Cristhian Antonio Vega Quezada</t>
   </si>
   <si>
     <t>Economista con mención gestión empresarial</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de El Oro</t>
   </si>
   <si>
     <t>Inés María Manzano Díaz</t>
   </si>
   <si>
     <t>Ministro (a) de Energía y Minas</t>
   </si>
   <si>
     <t>Danilo Ivanob Sylva Pazmiño</t>
   </si>
   <si>
     <t>Superintendente de Control del Poder de Mercado</t>
   </si>
   <si>
     <t>Rafael Antonio Dávila Egüez</t>
   </si>
   <si>
     <t>Ingeniero Químico</t>
   </si>
   <si>
-    <t>Ciencias</t>
-[...1 lines deleted...]
-  <si>
     <t>Asambleísta por la provincia de Loja</t>
   </si>
   <si>
     <t>Diana Paulina Ramirez Villacis</t>
   </si>
   <si>
     <t>Ingeniero en Gerencia y Liderazgo</t>
   </si>
   <si>
     <t>Secretario(a) Nacional de Planificación</t>
   </si>
   <si>
-    <t>Wilson Guillermo Ortega Caicedo</t>
-[...14 lines deleted...]
-    <t>Asambleísta por la provincia de Pichincha</t>
+    <t>Eduardo Erwin Mendoza Palma</t>
+  </si>
+  <si>
+    <t>Médico Veterinario y Zootecnista</t>
+  </si>
+  <si>
+    <t>Agricultura</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Los Ríos</t>
+  </si>
+  <si>
+    <t>María Gabriela Centeno Apolo</t>
   </si>
   <si>
     <t>Joaquín Vicente Viteri Llanga</t>
   </si>
   <si>
     <t>Audy Marcelo Achi Sibri</t>
   </si>
   <si>
     <t>María Gabriela Molina Menéndez</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Manabí</t>
   </si>
   <si>
     <t>Patricio Benjamín Cisneros Granizo</t>
   </si>
   <si>
     <t>Ingeniero Comercial</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santa Elena</t>
   </si>
   <si>
     <t>Sandra Sofía Sánchez Urgiles</t>
   </si>
   <si>
     <t>Juan Carlos Vega Malo</t>
   </si>
   <si>
     <t>Bachelor of Science in Agricultural, Food and Life Sciences</t>
   </si>
   <si>
-    <t>Agricultura</t>
-[...1 lines deleted...]
-  <si>
     <t>Ministro (a) de Economía y Finanzas</t>
   </si>
   <si>
     <t>Henry Fabián Kronfle Kozhaya</t>
   </si>
   <si>
     <t>Ingeniero (a) Mecánico</t>
   </si>
   <si>
     <t>Ingeniería, industria y construcción</t>
   </si>
   <si>
     <t>Jorge Elías Escala Zambrano</t>
   </si>
   <si>
     <t>Licenciado en Pedagogía Alternativa</t>
   </si>
   <si>
     <t>Educación</t>
   </si>
   <si>
     <t>Nicole Stephanie Bonifaz López</t>
   </si>
   <si>
     <t>Bachelor of Business Administration</t>
@@ -326,60 +338,66 @@
   <si>
     <t>Comunicador</t>
   </si>
   <si>
     <t>Lucio Edwin Gutiérrez Borbúa</t>
   </si>
   <si>
     <t>Ingeniero (a) Civil</t>
   </si>
   <si>
     <t>Asambleísta Nacional</t>
   </si>
   <si>
     <t>Carlos Edilberto Vera Mora</t>
   </si>
   <si>
     <t>Humberto Aparicio Plaza Argüello</t>
   </si>
   <si>
     <t>Arquitecto</t>
   </si>
   <si>
     <t>Ministro(a) de Desarrollo Urbano y Vivienda</t>
   </si>
   <si>
-    <t>Eduardo Erwin Mendoza Palma</t>
-[...8 lines deleted...]
-    <t>María Gabriela Centeno Apolo</t>
+    <t>José David Jiménez Vásquez</t>
+  </si>
+  <si>
+    <t>Ministro del Deporte</t>
+  </si>
+  <si>
+    <t>Esthela Liliana Acero Lanchimba</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) Industrial</t>
+  </si>
+  <si>
+    <t>Consejero (a) Electoral</t>
+  </si>
+  <si>
+    <t>Jorge Andrés Peñafiel Cedeño</t>
   </si>
   <si>
     <t>Luis Antonio Cueva Ordoñez</t>
   </si>
   <si>
     <t>Fernando Gonzalo Muñoz Benítez</t>
   </si>
   <si>
     <t>Patricio Alberto Chávez Zavala</t>
   </si>
   <si>
     <t>Ingeniero Mecánico</t>
   </si>
   <si>
     <t>Comps Pascacio Córdova Díaz</t>
   </si>
   <si>
     <t>Licenciado (a) en Comunicación</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Sucumbíos</t>
   </si>
   <si>
     <t>Otto Santiago Vera Palacios</t>
   </si>
@@ -425,66 +443,63 @@
   <si>
     <t>Mariana Yumbay Yallico</t>
   </si>
   <si>
     <t>Manuel Hernán Torres Torres</t>
   </si>
   <si>
     <t>Esther Adelina Cuesta Santana</t>
   </si>
   <si>
     <t>Licenciado (a) en Artes</t>
   </si>
   <si>
     <t>Asambleísta por Europa, Asia y Oceanía</t>
   </si>
   <si>
     <t>Daniel Roy-Gilchrist Noboa Azín</t>
   </si>
   <si>
     <t>Licenciado en Administración y Conducta Organizacional</t>
   </si>
   <si>
     <t>Presidente(a) de la República de Ecuador</t>
   </si>
   <si>
-    <t>José David Jiménez Vásquez</t>
-[...14 lines deleted...]
-    <t>Jorge Andrés Peñafiel Cedeño</t>
+    <t>Eduardo Mauricio Zambrano Valle</t>
+  </si>
+  <si>
+    <t>Asambleísta por América Latina, El Caribe y África</t>
+  </si>
+  <si>
+    <t>Romina Alejandra Muñoz Procel</t>
+  </si>
+  <si>
+    <t>Licenciada en Artes Visuales</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Cultura y Patrimonio</t>
   </si>
   <si>
     <t>Xavier Mauricio Torres Maldonado</t>
   </si>
   <si>
     <t>Contralor General del Estado</t>
   </si>
   <si>
     <t>María Teresa del Carmen Pasquel Andrade</t>
   </si>
   <si>
     <t>Doctora en Psicología Industrial</t>
   </si>
   <si>
     <t>María Augusta Muñoz Sánchez</t>
   </si>
   <si>
     <t>Jimmy Jairala Vallazza</t>
   </si>
   <si>
     <t>Gabriel Humberto Bedón Álvarez</t>
   </si>
   <si>
     <t>Tecnólogo Superior en Administración</t>
   </si>
@@ -512,150 +527,144 @@
   <si>
     <t>Secretario (a) de Gestión, Desarrollo de Pueblos y Nacionalidades</t>
   </si>
   <si>
     <t>Luis Felipe Tillería Limongi</t>
   </si>
   <si>
     <t>Bachelor of Science in Management</t>
   </si>
   <si>
     <t>Juan Esteban Guarderas Cisneros</t>
   </si>
   <si>
     <t>Licenciado en Derecho</t>
   </si>
   <si>
     <t>Juan Carlos Camacho Dávila</t>
   </si>
   <si>
     <t>Christian Sebastian Reyes Mora</t>
   </si>
   <si>
     <t>Politólogo</t>
   </si>
   <si>
-    <t>Eduardo Mauricio Zambrano Valle</t>
-[...11 lines deleted...]
-    <t>Ministro (a) de Cultura y Patrimonio</t>
+    <t>María Belén Cadena Ramírez</t>
+  </si>
+  <si>
+    <t>Marcela Priscila Holguín Naranjo</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Comunicación Social</t>
+  </si>
+  <si>
+    <t>Samuel Elías Célleri Gómez</t>
+  </si>
+  <si>
+    <t>Ingeniero en Administración en Gestión Pública</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Esmeraldas</t>
   </si>
   <si>
     <t>Roberto Carlos Kury Pesantes</t>
   </si>
   <si>
     <t>Bachelor of Science Management</t>
   </si>
   <si>
     <t>Fernando Enrique Pita García</t>
   </si>
   <si>
     <t>Vicepresidente del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Ana Mercedes Galarza Añazco</t>
   </si>
   <si>
     <t>Psicóloga Organizacional</t>
   </si>
   <si>
     <t>Servicios</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Tungurahua</t>
   </si>
   <si>
     <t>José Clemente Agualsaca Guamán</t>
   </si>
   <si>
     <t>Licenciado (a) en Gestión para el Desarrollo Local Sostenible</t>
   </si>
   <si>
     <t>Nathaly Estefanía Farinango Delgado</t>
   </si>
   <si>
     <t>Presidente de la Asamblea Nacional</t>
   </si>
   <si>
     <t>Jorge Hermel Álvarez Granda</t>
   </si>
   <si>
     <t>Johanna Cecibel Ortiz Villavicencio</t>
   </si>
   <si>
-    <t>Licenciado (a) en Comunicación Social</t>
-[...1 lines deleted...]
-  <si>
     <t>Arturo David Félix Wong</t>
   </si>
   <si>
     <t>Ministro (a) de Gobierno</t>
   </si>
   <si>
     <t>Juan Iván Cueva Vivanco</t>
   </si>
   <si>
     <t>Ingeniero en Electrónica y Telecomunicaciones</t>
   </si>
   <si>
     <t>Jorge Enrique Acaiturri Villa Varas</t>
   </si>
   <si>
     <t>Bachelor of Science in Marketing</t>
   </si>
   <si>
     <t>María José Pinto González Artigas</t>
   </si>
   <si>
     <t>Paul Fernando Buestán Carabajo</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Cañar</t>
   </si>
   <si>
-    <t>María Belén Cadena Ramírez</t>
-[...11 lines deleted...]
-    <t>Asambleísta por la provincia de Esmeraldas</t>
+    <t>Fabiola Maribel Sanmartín Parra</t>
+  </si>
+  <si>
+    <t>Licenciada en Ciencias de la Información y Comunicación Social</t>
+  </si>
+  <si>
+    <t>David Marcelo Rojas Cajas</t>
   </si>
   <si>
     <t>Franklin Omar Samaniego Maigua</t>
   </si>
   <si>
     <t>Nicole Anahis Saca Baldeón</t>
   </si>
   <si>
     <t>Licenciada en Comunicación</t>
   </si>
   <si>
     <t>Juan Bernardo Sánchez Jara</t>
   </si>
   <si>
     <t>Médico</t>
   </si>
   <si>
     <t>Salud y servicios sociales</t>
   </si>
   <si>
     <t>Ministro(a) de Salud</t>
   </si>
   <si>
     <t>Mérida Elena Nájera Moreira</t>
   </si>
@@ -680,57 +689,54 @@
   <si>
     <t>Ingeniero (a) Agrónomo</t>
   </si>
   <si>
     <t>Jhon Edison Polanco Lara</t>
   </si>
   <si>
     <t>Janeth Paola Cabezas Castillo</t>
   </si>
   <si>
     <t>Gissela Siomara Garzón Monteros</t>
   </si>
   <si>
     <t>María Alejandra de las Mercedes Rivas Mantilla</t>
   </si>
   <si>
     <t>Henry Eduardo Cucalón Camacho</t>
   </si>
   <si>
     <t>Karla Paulina Rosero Villavicencio</t>
   </si>
   <si>
     <t>Ingeniera en Electrónica y Telecomunicaciones</t>
   </si>
   <si>
-    <t>Fabiola Maribel Sanmartín Parra</t>
-[...5 lines deleted...]
-    <t>David Marcelo Rojas Cajas</t>
+    <t>Pacha Lucía Terán Pineda</t>
+  </si>
+  <si>
+    <t>Licenciada en Gestión para el Desarrollo Local Sostenible</t>
   </si>
   <si>
     <t>Carmen Yolanda Tiupul Urquizo</t>
   </si>
   <si>
     <t>Ingeniera de Empresas</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Chimborazo</t>
   </si>
   <si>
     <t>José Javier De la Gasca López-Domínguez</t>
   </si>
   <si>
     <t>Jorge Enrique Chamba Cabanilla</t>
   </si>
   <si>
     <t>María Luisa Cruz Riofrío</t>
   </si>
   <si>
     <t>Ingeniera en Manejo y Conservación del Medio Ambiente</t>
   </si>
   <si>
     <t>Ministro (a) de Ambiente, Agua y Transición Ecológica</t>
   </si>
@@ -776,54 +782,57 @@
   <si>
     <t>Asambleísta por la provincia de Orellana</t>
   </si>
   <si>
     <t>Mishel Andrea Mancheno Dávila</t>
   </si>
   <si>
     <t>Ingeniera Comercial Mención Gerencia de Negocios</t>
   </si>
   <si>
     <t>Secretario (a) General Jurídico de la Presidencia</t>
   </si>
   <si>
     <t>Blanca Lucrecia Sacancela Quishpe</t>
   </si>
   <si>
     <t>Ingeniera Comercial</t>
   </si>
   <si>
     <t>Verónica Elizabeth Silva Reinoso</t>
   </si>
   <si>
     <t>Socióloga</t>
   </si>
   <si>
-    <t>Pacha Lucía Terán Pineda</t>
-[...2 lines deleted...]
-    <t>Licenciada en Gestión para el Desarrollo Local Sostenible</t>
+    <t>Andrea Belén González Nader</t>
+  </si>
+  <si>
+    <t>Ingeniera en Gestión Tecnológica Mención Medioambiente</t>
+  </si>
+  <si>
+    <t>Darlin Lucía Vallecilla Suárez</t>
   </si>
   <si>
     <t>María Fernanda Araujo Noboa</t>
   </si>
   <si>
     <t>María Gabriela Sommerfeld Rosero</t>
   </si>
   <si>
     <t>Licenciada en Finanzas y Marketing</t>
   </si>
   <si>
     <t>Ministro (a) de Relaciones Exteriores y Movilidad Humana</t>
   </si>
   <si>
     <t>Eugenia Sofía Espín Reyes</t>
   </si>
   <si>
     <t>Ingeniero (a) en Electricidad</t>
   </si>
   <si>
     <t>Juan Pablo Molina Saldaña</t>
   </si>
   <si>
     <t>Economista con énfasis Economía Empresarial</t>
   </si>
@@ -863,132 +872,132 @@
   <si>
     <t>Jhajaira Estefanía Urresta Guzmán</t>
   </si>
   <si>
     <t>Pablo José Cevallos Palomeque</t>
   </si>
   <si>
     <t>Secretario (a) de Inversiones Público-Privadas</t>
   </si>
   <si>
     <t>Antonieta Guadalupe Cabezas Enríquez</t>
   </si>
   <si>
     <t>Licenciado (a) en Contabilidad y Auditoría</t>
   </si>
   <si>
     <t>Superintendente de Bancos</t>
   </si>
   <si>
     <t>Katiuska Katherine Molina Soledispa</t>
   </si>
   <si>
     <t>Ingeniera en Contabilidad y Auditoría</t>
   </si>
   <si>
-    <t>Andrea Belén González Nader</t>
-[...5 lines deleted...]
-    <t>Darlin Lucía Vallecilla Suárez</t>
+    <t>Mónica de Jesús Salazar Hidalgo</t>
+  </si>
+  <si>
+    <t>María Luisa Coello Recalde</t>
+  </si>
+  <si>
+    <t>Economista</t>
   </si>
   <si>
     <t>María Verónica Abad Rojas</t>
   </si>
   <si>
     <t>Vicepresidente (a) de la República</t>
   </si>
   <si>
     <t>Annabella Emma Azín Arce</t>
   </si>
   <si>
     <t>Doctora en Medicina y Cirugía</t>
   </si>
   <si>
     <t>Candidato (a) a Asambleísta Nacional</t>
   </si>
   <si>
     <t>Oscar Fabián Peña Toro</t>
   </si>
   <si>
-    <t>Economista</t>
-[...1 lines deleted...]
-  <si>
     <t>Gian Carlo Loffredo Rendón</t>
   </si>
   <si>
     <t>Ministro (a) de Defensa</t>
   </si>
   <si>
     <t>Guillermo Alejandro Celi Santos</t>
   </si>
   <si>
     <t>Ingrid Catalina Salazar Cedeño</t>
   </si>
   <si>
     <t>Mateo Julián Estrella Durán</t>
   </si>
   <si>
     <t>Ministro (a) de Turismo</t>
   </si>
   <si>
     <t>Karla Elizabeth Andrade Quevedo</t>
   </si>
   <si>
     <t>Viviana Jacqueline Zambrano González</t>
   </si>
   <si>
     <t>Tecnóloga en Mercadotencia</t>
   </si>
   <si>
     <t>Eckenner Reader Recalde Álava</t>
   </si>
   <si>
     <t>Andrea Yalu Rivadeneira Calderón</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Zamora Chinchipe</t>
   </si>
   <si>
     <t>Roberto Emilio Cuero Medina</t>
   </si>
   <si>
     <t>Sixto Antonio Parra Tovar</t>
   </si>
   <si>
     <t>Rosa Belén Mayorga Tapia</t>
   </si>
   <si>
     <t>Juan Carlos Rosero Paz</t>
   </si>
   <si>
-    <t>Mónica de Jesús Salazar Hidalgo</t>
-[...2 lines deleted...]
-    <t>María Luisa Coello Recalde</t>
+    <t>Fernanda Mabel Méndez Rojas</t>
+  </si>
+  <si>
+    <t>Ingeniera en Sistemas</t>
+  </si>
+  <si>
+    <t>Inés del Rocío Díaz Chirán</t>
   </si>
   <si>
     <t>Karina del Carmen Subía Dávalos</t>
   </si>
   <si>
     <t>Yaku Sacha Pérez Guartambel</t>
   </si>
   <si>
     <t>Steven Leonardo Ordóñez Bravo</t>
   </si>
   <si>
     <t>Ingeniero en Ciencias Empresariales</t>
   </si>
   <si>
     <t>Sariha Belén Moya Angulo</t>
   </si>
   <si>
     <t>Cristina Eugenia Reyes Hidalgo</t>
   </si>
   <si>
     <t>Luis Ricardo Alvarado Campi</t>
   </si>
   <si>
     <t>Licenciado en Ciencias de la Comunicación Social</t>
   </si>
@@ -1001,57 +1010,63 @@
   <si>
     <t>María Mercedes Erbs Estupiñán</t>
   </si>
   <si>
     <t>Lenin José Lara Rivadeneira</t>
   </si>
   <si>
     <t>Hector Guillermo Valladarez González</t>
   </si>
   <si>
     <t>Ingeniero Agrónomo</t>
   </si>
   <si>
     <t>Ferdinan Arturo Álvarez Zambrano</t>
   </si>
   <si>
     <t>Jaminton Enrique Intriago Alcívar</t>
   </si>
   <si>
     <t>Raisa Irina Corral Alava</t>
   </si>
   <si>
     <t>Manuel Antonio Naranjo Paz y Miño</t>
   </si>
   <si>
-    <t>Fernanda Mabel Méndez Rojas</t>
-[...5 lines deleted...]
-    <t>Inés del Rocío Díaz Chirán</t>
+    <t>Nelly Zolanda Pluas Arias</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Ciencias de la Educación</t>
+  </si>
+  <si>
+    <t>Segunda Liliana Trávez Vizcaíno</t>
+  </si>
+  <si>
+    <t>Doctora en Ciencias de la Educación Mención Investigación y Planificación Educativa</t>
+  </si>
+  <si>
+    <t>Gobernador (a) de Tungurahua</t>
   </si>
   <si>
     <t>Jahiren Elizabeth Noriega Donoso</t>
   </si>
   <si>
     <t>Sociólogo (a)</t>
   </si>
   <si>
     <t>Carla Fernanda Larrea Falconí</t>
   </si>
   <si>
     <t>Valentina Centeno Arteaga</t>
   </si>
   <si>
     <t>Ricardo Xavier Vanegas Cortázar</t>
   </si>
   <si>
     <t>Carlos Alberto Rodríguez Riofrío</t>
   </si>
   <si>
     <t>Ingeniero Civil</t>
   </si>
   <si>
     <t>John Reimberg Oviedo</t>
   </si>
@@ -1085,63 +1100,51 @@
   <si>
     <t>Asambleísta por la provincia de Morona Santiago</t>
   </si>
   <si>
     <t>Patricia Monserrat Mendoza Jiménez</t>
   </si>
   <si>
     <t>Milton Javier Aguas Flores</t>
   </si>
   <si>
     <t>Ingeniero en Sistemas e Informática</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Galápagos</t>
   </si>
   <si>
     <t>Xavier Andrés Jurado Bedrán</t>
   </si>
   <si>
     <t>Ingeniero Agropecuario</t>
   </si>
   <si>
     <t>Mercedes Luzmila Abad Morocho</t>
   </si>
   <si>
-    <t>Nelly Zolanda Pluas Arias</t>
-[...11 lines deleted...]
-    <t>Gobernador (a) de Tungurahua</t>
+    <t>Pedro Ramiro Velasco Erazo</t>
   </si>
   <si>
     <t>Christina Ivonne Murillo Navarrete</t>
   </si>
   <si>
     <t>Superintendente de Economía Popular y Solidaria</t>
   </si>
   <si>
     <t>Jonathan Emanuel Parra Villacís</t>
   </si>
   <si>
     <t>Wilson Enrique Gómez Vascones</t>
   </si>
   <si>
     <t>Psicólogo Clínico</t>
   </si>
   <si>
     <t>Segundo Eustaquio Tuala Muntza</t>
   </si>
   <si>
     <t>Licenciado en Ciencias de la Educación Mención Educación Básica</t>
   </si>
   <si>
     <t>Juan Fernando Flores Arroyo</t>
   </si>
@@ -1178,51 +1181,60 @@
   <si>
     <t>Carmen Faviola Corral Ponce</t>
   </si>
   <si>
     <t>Roberto Carlos Cerda Tapuy</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Napo</t>
   </si>
   <si>
     <t>Fernando Enrique Cedeño Rivadeneira</t>
   </si>
   <si>
     <t>Guido Gilberto Vargas Ocaña</t>
   </si>
   <si>
     <t>Silvia Patricia Núñez Ramos</t>
   </si>
   <si>
     <t>Ingeniera Civil</t>
   </si>
   <si>
     <t>Cecilia Rosa Baltazar Yucailla</t>
   </si>
   <si>
-    <t>Pedro Ramiro Velasco Erazo</t>
+    <t>Ana Cecilia Herrera Gómez</t>
+  </si>
+  <si>
+    <t>Licenciada en Psicología</t>
+  </si>
+  <si>
+    <t>Jose Lenín Rogel Villacís</t>
+  </si>
+  <si>
+    <t>Licenciado en Educación Ambiental y Ecoturismo</t>
   </si>
   <si>
     <t>Ximena Alejandra Cárdenas Reyes</t>
   </si>
   <si>
     <t>Hans Willi Ehmig Dillon</t>
   </si>
   <si>
     <t>Superintendente de Competencia Económica</t>
   </si>
   <si>
     <t>Adrián Ernesto Castro Piedra</t>
   </si>
   <si>
     <t>Elsa Genoveva Guerra Rodríguez</t>
   </si>
   <si>
     <t>Rosa Margarita Arotingo Cushcagua</t>
   </si>
   <si>
     <t>Jorge Orlando Sánchez Armijos</t>
   </si>
   <si>
     <t>Diego Fernando Matovelle Vera</t>
   </si>
@@ -1232,60 +1244,54 @@
   <si>
     <t>Ministro(a) de Transporte y Obras Públicas</t>
   </si>
   <si>
     <t>Sofía Margarita Hernández Naranjo</t>
   </si>
   <si>
     <t>Marjorie Lorena Rosado Sánchez</t>
   </si>
   <si>
     <t>César Augusto Vásquez Moncayo</t>
   </si>
   <si>
     <t>Secretario (a) de Educación Superior, Ciencia, Tecnología e Innovación</t>
   </si>
   <si>
     <t>Sandra Elizabeth Rueda Camacho</t>
   </si>
   <si>
     <t>Lenin Daniel Barreto Zambrano</t>
   </si>
   <si>
     <t>Amado Humberto Chávez Angamarca</t>
   </si>
   <si>
-    <t>Ana Cecilia Herrera Gómez</t>
-[...8 lines deleted...]
-    <t>Licenciado en Educación Ambiental y Ecoturismo</t>
+    <t>Simón Bolívar Mieles Pinargote</t>
+  </si>
+  <si>
+    <t>Ricardo Ulcuango Farinango</t>
   </si>
   <si>
     <t>Edgar Geovanny Benítez Calva</t>
   </si>
   <si>
     <t>Ingeniero Zootecnista</t>
   </si>
   <si>
     <t>Jhoel Marlin Escudero Solíz</t>
   </si>
   <si>
     <t>Luis Alberto Cabezas-Klaere</t>
   </si>
   <si>
     <t>Santiago David Ochoa Beltrán</t>
   </si>
   <si>
     <t>Postulante al concurso de jueces de la Corte Nacional de Justicia 2024</t>
   </si>
   <si>
     <t>Víctor Andrés Quishpe Ilguan</t>
   </si>
   <si>
     <t>Licenciado en Ciencias de la Educación Mención: Ciencias Sociales</t>
   </si>
@@ -1310,54 +1316,57 @@
   <si>
     <t>Ministro (a) de Trabajo</t>
   </si>
   <si>
     <t>José Ernesto Maldonado Córdova</t>
   </si>
   <si>
     <t>Julia Teodora Angulo Girón</t>
   </si>
   <si>
     <t>Licenciada en Administración de Empresas Turísticas</t>
   </si>
   <si>
     <t>Alí Vicente Lozada Prado</t>
   </si>
   <si>
     <t>Jaime Patricio Guevara Blaschke</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Pastaza</t>
   </si>
   <si>
     <t>Lyne Katiuska Miranda Giler</t>
   </si>
   <si>
-    <t>Simón Bolívar Mieles Pinargote</t>
-[...2 lines deleted...]
-    <t>Ricardo Ulcuango Farinango</t>
+    <t>Ronal Eduardo González Valero</t>
+  </si>
+  <si>
+    <t>Yadira del Rosario Bayas Uriarte</t>
+  </si>
+  <si>
+    <t>Licenciada en Administración de Empresas</t>
   </si>
   <si>
     <t>Mónica Estefanía Palacios Zambrano</t>
   </si>
   <si>
     <t>Mónica Rosa Irene Palencia Núñez</t>
   </si>
   <si>
     <t>Richard Omar Ortiz Ortiz</t>
   </si>
   <si>
     <t>Pedro Javier Granja Angulo</t>
   </si>
   <si>
     <t>Sócrates Augusto Verduga Sánchez</t>
   </si>
   <si>
     <t>Gustavo Diego Borja Cornejo</t>
   </si>
   <si>
     <t>Jaime Moreno Félix</t>
   </si>
   <si>
     <t>Tecnólogo en Análisis de Sistemas</t>
   </si>
@@ -1382,57 +1391,57 @@
   <si>
     <t>José Ricardo Cabrera Zurita</t>
   </si>
   <si>
     <t>Ingeniero (a) en Informática</t>
   </si>
   <si>
     <t>Roberto Fernando Jaramillo Martínez</t>
   </si>
   <si>
     <t>Jorge Raúl Carrillo Tutivén</t>
   </si>
   <si>
     <t>Secretario (a) de Gestión de Riesgos</t>
   </si>
   <si>
     <t>Flerida Ivonne Coloma Peralta</t>
   </si>
   <si>
     <t>Faustino Armando Fernández Rosales</t>
   </si>
   <si>
     <t>Licenciado en Ciencias Públicas y Sociales</t>
   </si>
   <si>
-    <t>Ronal Eduardo González Valero</t>
-[...5 lines deleted...]
-    <t>Licenciada en Administración de Empresas</t>
+    <t>Inés Margarita Alarcón Bueno</t>
+  </si>
+  <si>
+    <t>Johnny Enrique Terán Barragán</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) en Administración de Empresas</t>
   </si>
   <si>
     <t>Arisdely Paola Parrales Yagual</t>
   </si>
   <si>
     <t>Licenciada en Ciencias de la Educación</t>
   </si>
   <si>
     <t>Victoria Tatiana Desintonio Malavé</t>
   </si>
   <si>
     <t>María Sonsoles García León</t>
   </si>
   <si>
     <t>Ministro (a) de Producción, Comercio Exterior, Inversiones y Pesca</t>
   </si>
   <si>
     <t>Pablo Ramiro Iglesias Paladines</t>
   </si>
   <si>
     <t>Ingeniero (a) en Ciencias Geográficas</t>
   </si>
   <si>
     <t>Superintendente de Ordenamiento Territorial, Uso y Gestión del Suelo</t>
   </si>
@@ -1461,59 +1470,50 @@
     <t>Luis Alberto Jaramillo Granja</t>
   </si>
   <si>
     <t>Ingeniero Industrial y de Sistemas</t>
   </si>
   <si>
     <t>Shiram Diana Atamaint Wamputsar</t>
   </si>
   <si>
     <t>Presidente del Consejo Nacional Electoral</t>
   </si>
   <si>
     <t>Humberto Manuel Tapia Escalante</t>
   </si>
   <si>
     <t>Irene María Vélez Froment</t>
   </si>
   <si>
     <t>Licenciada en Ciencias Políticas y Relaciones Internacionales</t>
   </si>
   <si>
     <t>Secretario (a) General de Comunicación de la Presidencia</t>
   </si>
   <si>
     <t>Ángel Eduardo Torres Maldonado</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ingeniero (a) en Administración de Empresas</t>
   </si>
   <si>
     <t>Juan Enmanuel Izquierdo Intriago</t>
   </si>
   <si>
     <t>Integrante de la terna para la designación del titular de la Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Institucion Independiente</t>
   </si>
   <si>
     <t>Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Juan Carlos Larrea Valencia</t>
   </si>
   <si>
     <t>Procurador General del Estado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1960,8822 +1960,8822 @@
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
-        <v>872</v>
+        <v>580</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
-        <v>1302</v>
+        <v>1286</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
-        <v>909</v>
+        <v>872</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>31</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
-        <v>1325</v>
+        <v>1302</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F11">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
-        <v>966</v>
+        <v>909</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
-        <v>1360</v>
+        <v>1325</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
-        <v>1129</v>
+        <v>966</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F14">
         <v>1</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
-        <v>1375</v>
+        <v>1360</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
-        <v>1230</v>
+        <v>1129</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
-        <v>1389</v>
+        <v>1375</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
         <v>1</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
-        <v>1254</v>
+        <v>1230</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>2</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
-        <v>1405</v>
+        <v>1389</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>1</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
-        <v>435</v>
+        <v>1254</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F20">
         <v>2</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
-        <v>1269</v>
+        <v>1405</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
-        <v>1423</v>
+        <v>435</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22" t="s">
         <v>66</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
-        <v>580</v>
+        <v>1269</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F23">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
-        <v>1286</v>
+        <v>1423</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="F24">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24" t="s">
         <v>72</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
-        <v>582</v>
+        <v>435</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F25">
         <v>2</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
-        <v>1287</v>
+        <v>1270</v>
       </c>
       <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" t="s">
         <v>74</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="E26">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
-        <v>873</v>
+        <v>1425</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27">
         <v>1</v>
       </c>
       <c r="F27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>1303</v>
+        <v>582</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>911</v>
+        <v>1287</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E29">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F29">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>1330</v>
+        <v>873</v>
       </c>
       <c r="B30" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" t="s">
+        <v>53</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30">
+        <v>1</v>
+      </c>
+      <c r="F30">
+        <v>1</v>
+      </c>
+      <c r="G30">
+        <v>0</v>
+      </c>
+      <c r="H30" t="s">
         <v>81</v>
       </c>
-      <c r="C30" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
-        <v>981</v>
+        <v>1303</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
-        <v>1361</v>
+        <v>911</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="E32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
-        <v>1131</v>
+        <v>1330</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E33">
         <v>2</v>
       </c>
       <c r="F33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
-        <v>1375</v>
+        <v>981</v>
       </c>
       <c r="B34" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="C34" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
-        <v>1231</v>
+        <v>1361</v>
       </c>
       <c r="B35" t="s">
+        <v>92</v>
+      </c>
+      <c r="C35" t="s">
         <v>93</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="E35">
         <v>2</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
-        <v>1390</v>
+        <v>1131</v>
       </c>
       <c r="B36" t="s">
         <v>95</v>
       </c>
       <c r="C36" t="s">
         <v>96</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36" t="s">
         <v>51</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
-        <v>25</v>
+        <v>1375</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="C37" t="s">
-        <v>98</v>
+        <v>53</v>
       </c>
       <c r="D37" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
-        <v>1255</v>
+        <v>1231</v>
       </c>
       <c r="B38" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="F38">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="I38" t="s">
         <v>22</v>
       </c>
       <c r="J38" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
-        <v>1406</v>
+        <v>1390</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D39" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
-        <v>435</v>
+        <v>25</v>
       </c>
       <c r="B40" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="I40" t="s">
         <v>22</v>
       </c>
       <c r="J40" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>1270</v>
+        <v>1255</v>
       </c>
       <c r="B41" t="s">
         <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
       <c r="D41" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="E41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F41">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="I41" t="s">
         <v>22</v>
       </c>
       <c r="J41" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>1425</v>
+        <v>1406</v>
       </c>
       <c r="B42" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" t="s">
+        <v>106</v>
+      </c>
+      <c r="D42" t="s">
+        <v>91</v>
+      </c>
+      <c r="E42">
+        <v>1</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+      <c r="G42">
+        <v>0</v>
+      </c>
+      <c r="H42" t="s">
         <v>107</v>
       </c>
-      <c r="C42" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>1426</v>
+        <v>1407</v>
       </c>
       <c r="B43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="I43" t="s">
         <v>22</v>
       </c>
       <c r="J43" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>587</v>
+        <v>452</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C44" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="I44" t="s">
         <v>22</v>
       </c>
       <c r="J44" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>1288</v>
+        <v>1272</v>
       </c>
       <c r="B45" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="D45" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
         <v>2</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
       <c r="J45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>878</v>
+        <v>1426</v>
       </c>
       <c r="B46" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C46" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="I46" t="s">
         <v>22</v>
       </c>
       <c r="J46" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>1304</v>
+        <v>587</v>
       </c>
       <c r="B47" t="s">
         <v>115</v>
       </c>
       <c r="C47" t="s">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="I47" t="s">
         <v>22</v>
       </c>
       <c r="J47" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>912</v>
+        <v>1288</v>
       </c>
       <c r="B48" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" t="s">
         <v>117</v>
       </c>
-      <c r="C48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="E48">
+        <v>1</v>
+      </c>
+      <c r="F48">
         <v>2</v>
       </c>
-      <c r="F48">
-[...1 lines deleted...]
-      </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I48" t="s">
         <v>22</v>
       </c>
       <c r="J48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
-        <v>1332</v>
+        <v>878</v>
       </c>
       <c r="B49" t="s">
+        <v>118</v>
+      </c>
+      <c r="C49" t="s">
+        <v>119</v>
+      </c>
+      <c r="D49" t="s">
+        <v>35</v>
+      </c>
+      <c r="E49">
+        <v>1</v>
+      </c>
+      <c r="F49">
+        <v>0</v>
+      </c>
+      <c r="G49">
+        <v>0</v>
+      </c>
+      <c r="H49" t="s">
         <v>120</v>
       </c>
-      <c r="C49" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I49" t="s">
         <v>22</v>
       </c>
       <c r="J49" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
-        <v>1005</v>
+        <v>1304</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C50" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="D50" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="E50">
         <v>1</v>
       </c>
       <c r="F50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50" t="s">
-        <v>124</v>
+        <v>84</v>
       </c>
       <c r="I50" t="s">
         <v>22</v>
       </c>
       <c r="J50" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51">
-        <v>1362</v>
+        <v>912</v>
       </c>
       <c r="B51" t="s">
+        <v>123</v>
+      </c>
+      <c r="C51" t="s">
+        <v>124</v>
+      </c>
+      <c r="D51" t="s">
         <v>125</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51">
+        <v>2</v>
+      </c>
+      <c r="F51">
+        <v>1</v>
+      </c>
+      <c r="G51">
+        <v>0</v>
+      </c>
+      <c r="H51" t="s">
         <v>39</v>
       </c>
-      <c r="D51" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I51" t="s">
         <v>22</v>
       </c>
       <c r="J51" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52">
-        <v>1132</v>
+        <v>1332</v>
       </c>
       <c r="B52" t="s">
         <v>126</v>
       </c>
       <c r="C52" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="F52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G52">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H52" t="s">
-        <v>43</v>
+        <v>128</v>
       </c>
       <c r="I52" t="s">
         <v>22</v>
       </c>
       <c r="J52" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53">
-        <v>1376</v>
+        <v>1005</v>
       </c>
       <c r="B53" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C53" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="I53" t="s">
         <v>22</v>
       </c>
       <c r="J53" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54">
-        <v>1232</v>
+        <v>1362</v>
       </c>
       <c r="B54" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C54" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D54" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F54">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="I54" t="s">
         <v>22</v>
       </c>
       <c r="J54" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55">
-        <v>1391</v>
+        <v>1132</v>
       </c>
       <c r="B55" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C55" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55" t="s">
         <v>51</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
-        <v>58</v>
+        <v>1376</v>
       </c>
       <c r="B56" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C56" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D56" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="E56">
         <v>1</v>
       </c>
       <c r="F56">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G56">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H56" t="s">
-        <v>133</v>
+        <v>54</v>
       </c>
       <c r="I56" t="s">
         <v>22</v>
       </c>
       <c r="J56" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>1256</v>
+        <v>1232</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C57" t="s">
-        <v>135</v>
+        <v>53</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="F57">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57" t="s">
-        <v>136</v>
+        <v>98</v>
       </c>
       <c r="I57" t="s">
         <v>22</v>
       </c>
       <c r="J57" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
-        <v>1407</v>
+        <v>1391</v>
       </c>
       <c r="B58" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C58" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58" t="s">
-        <v>138</v>
+        <v>58</v>
       </c>
       <c r="I58" t="s">
         <v>22</v>
       </c>
       <c r="J58" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
-        <v>452</v>
+        <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>137</v>
+      </c>
+      <c r="C59" t="s">
+        <v>138</v>
+      </c>
+      <c r="D59" t="s">
+        <v>125</v>
+      </c>
+      <c r="E59">
+        <v>1</v>
+      </c>
+      <c r="F59">
+        <v>1</v>
+      </c>
+      <c r="G59">
+        <v>1</v>
+      </c>
+      <c r="H59" t="s">
         <v>139</v>
       </c>
-      <c r="C59" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I59" t="s">
         <v>22</v>
       </c>
       <c r="J59" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
-        <v>1272</v>
+        <v>1256</v>
       </c>
       <c r="B60" t="s">
+        <v>140</v>
+      </c>
+      <c r="C60" t="s">
+        <v>141</v>
+      </c>
+      <c r="D60" t="s">
+        <v>35</v>
+      </c>
+      <c r="E60">
+        <v>1</v>
+      </c>
+      <c r="F60">
+        <v>3</v>
+      </c>
+      <c r="G60">
+        <v>0</v>
+      </c>
+      <c r="H60" t="s">
         <v>142</v>
       </c>
-      <c r="C60" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I60" t="s">
         <v>22</v>
       </c>
       <c r="J60" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
-        <v>454</v>
+        <v>61</v>
       </c>
       <c r="B61" t="s">
         <v>143</v>
       </c>
       <c r="C61" t="s">
+        <v>47</v>
+      </c>
+      <c r="D61" t="s">
         <v>48</v>
       </c>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61" t="s">
         <v>144</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
-        <v>1273</v>
+        <v>1256</v>
       </c>
       <c r="B62" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C62" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D62" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
       <c r="I62" t="s">
         <v>22</v>
       </c>
       <c r="J62" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>1427</v>
+        <v>1408</v>
       </c>
       <c r="B63" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C63" t="s">
-        <v>45</v>
+        <v>146</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63">
         <v>1</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63" t="s">
-        <v>51</v>
+        <v>147</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>637</v>
+        <v>454</v>
       </c>
       <c r="B64" t="s">
         <v>148</v>
       </c>
       <c r="C64" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D64" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E64">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F64">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="I64" t="s">
         <v>22</v>
       </c>
       <c r="J64" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
-        <v>1289</v>
+        <v>1273</v>
       </c>
       <c r="B65" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C65" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D65" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="I65" t="s">
         <v>22</v>
       </c>
       <c r="J65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66">
-        <v>883</v>
+        <v>1427</v>
       </c>
       <c r="B66" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C66" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="D66" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E66">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F66">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I66" t="s">
         <v>22</v>
       </c>
       <c r="J66" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67">
-        <v>1305</v>
+        <v>637</v>
       </c>
       <c r="B67" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C67" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D67" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="E67">
         <v>0</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67" t="s">
-        <v>153</v>
+        <v>31</v>
       </c>
       <c r="I67" t="s">
         <v>22</v>
       </c>
       <c r="J67" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
-        <v>913</v>
+        <v>1289</v>
       </c>
       <c r="B68" t="s">
         <v>154</v>
       </c>
       <c r="C68" t="s">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="D68" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68" t="s">
-        <v>155</v>
+        <v>27</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>1337</v>
+        <v>883</v>
       </c>
       <c r="B69" t="s">
         <v>156</v>
       </c>
       <c r="C69" t="s">
-        <v>157</v>
+        <v>47</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="E69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69" t="s">
-        <v>158</v>
+        <v>36</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>1363</v>
+        <v>1305</v>
       </c>
       <c r="B70" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C70" t="s">
-        <v>160</v>
+        <v>47</v>
       </c>
       <c r="D70" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="E70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="I70" t="s">
         <v>22</v>
       </c>
       <c r="J70" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>1133</v>
+        <v>913</v>
       </c>
       <c r="B71" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C71" t="s">
-        <v>162</v>
+        <v>30</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F71">
         <v>1</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="I71" t="s">
         <v>22</v>
       </c>
       <c r="J71" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
-        <v>1376</v>
+        <v>1337</v>
       </c>
       <c r="B72" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
       <c r="C72" t="s">
-        <v>128</v>
+        <v>162</v>
       </c>
       <c r="D72" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72" t="s">
-        <v>46</v>
+        <v>163</v>
       </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
-        <v>1233</v>
+        <v>1363</v>
       </c>
       <c r="B73" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C73" t="s">
-        <v>78</v>
+        <v>165</v>
       </c>
       <c r="D73" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="F73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="I73" t="s">
         <v>22</v>
       </c>
       <c r="J73" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>1392</v>
+        <v>1133</v>
       </c>
       <c r="B74" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C74" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74">
         <v>1</v>
       </c>
       <c r="F74">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74" t="s">
         <v>51</v>
       </c>
       <c r="I74" t="s">
         <v>22</v>
       </c>
       <c r="J74" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
-        <v>61</v>
+        <v>1376</v>
       </c>
       <c r="B75" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="C75" t="s">
-        <v>39</v>
+        <v>134</v>
       </c>
       <c r="D75" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E75">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="I75" t="s">
         <v>22</v>
       </c>
       <c r="J75" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
-        <v>1256</v>
+        <v>1233</v>
       </c>
       <c r="B76" t="s">
-        <v>134</v>
+        <v>168</v>
       </c>
       <c r="C76" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="D76" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="I76" t="s">
         <v>22</v>
       </c>
       <c r="J76" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
-        <v>1408</v>
+        <v>1392</v>
       </c>
       <c r="B77" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C77" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D77" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="E77">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F77">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77" t="s">
-        <v>170</v>
+        <v>58</v>
       </c>
       <c r="I77" t="s">
         <v>22</v>
       </c>
       <c r="J77" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
-        <v>1409</v>
+        <v>1393</v>
       </c>
       <c r="B78" t="s">
         <v>171</v>
       </c>
       <c r="C78" t="s">
-        <v>172</v>
+        <v>53</v>
       </c>
       <c r="D78" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="F78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="I78" t="s">
         <v>22</v>
       </c>
       <c r="J78" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
-        <v>458</v>
+        <v>75</v>
       </c>
       <c r="B79" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" t="s">
         <v>173</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="E79">
         <v>1</v>
       </c>
       <c r="F79">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79" t="s">
-        <v>174</v>
+        <v>27</v>
       </c>
       <c r="I79" t="s">
         <v>22</v>
       </c>
       <c r="J79" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
-        <v>1274</v>
+        <v>1257</v>
       </c>
       <c r="B80" t="s">
+        <v>174</v>
+      </c>
+      <c r="C80" t="s">
         <v>175</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>35</v>
+      </c>
+      <c r="E80">
+        <v>1</v>
+      </c>
+      <c r="F80">
+        <v>1</v>
+      </c>
+      <c r="G80">
+        <v>0</v>
+      </c>
+      <c r="H80" t="s">
         <v>176</v>
-      </c>
-[...13 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I80" t="s">
         <v>22</v>
       </c>
       <c r="J80" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
-        <v>694</v>
+        <v>1409</v>
       </c>
       <c r="B81" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C81" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D81" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E81">
         <v>1</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81" t="s">
-        <v>99</v>
+        <v>128</v>
       </c>
       <c r="I81" t="s">
         <v>22</v>
       </c>
       <c r="J81" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
-        <v>1290</v>
+        <v>458</v>
       </c>
       <c r="B82" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C82" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="D82" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="E82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82" t="s">
-        <v>72</v>
+        <v>180</v>
       </c>
       <c r="I82" t="s">
         <v>22</v>
       </c>
       <c r="J82" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
-        <v>883</v>
+        <v>1274</v>
       </c>
       <c r="B83" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="C83" t="s">
-        <v>39</v>
+        <v>182</v>
       </c>
       <c r="D83" t="s">
-        <v>40</v>
+        <v>183</v>
       </c>
       <c r="E83">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
-        <v>1306</v>
+        <v>694</v>
       </c>
       <c r="B84" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C84" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
       <c r="D84" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E84">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F84">
         <v>0</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
-        <v>914</v>
+        <v>1290</v>
       </c>
       <c r="B85" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C85" t="s">
-        <v>185</v>
+        <v>47</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F85">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86">
-        <v>1338</v>
+        <v>883</v>
       </c>
       <c r="B86" t="s">
-        <v>186</v>
+        <v>156</v>
       </c>
       <c r="C86" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D86" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="E86">
         <v>0</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I86" t="s">
         <v>22</v>
       </c>
       <c r="J86" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87">
-        <v>1364</v>
+        <v>1306</v>
       </c>
       <c r="B87" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C87" t="s">
-        <v>189</v>
+        <v>134</v>
       </c>
       <c r="D87" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E87">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F87">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="I87" t="s">
         <v>22</v>
       </c>
       <c r="J87" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88">
-        <v>1177</v>
+        <v>914</v>
       </c>
       <c r="B88" t="s">
         <v>190</v>
       </c>
       <c r="C88" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="D88" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E88">
         <v>1</v>
       </c>
       <c r="F88">
         <v>1</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89">
-        <v>1377</v>
+        <v>1338</v>
       </c>
       <c r="B89" t="s">
+        <v>191</v>
+      </c>
+      <c r="C89" t="s">
+        <v>47</v>
+      </c>
+      <c r="D89" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89">
+        <v>0</v>
+      </c>
+      <c r="F89">
+        <v>0</v>
+      </c>
+      <c r="G89">
+        <v>0</v>
+      </c>
+      <c r="H89" t="s">
         <v>192</v>
       </c>
-      <c r="C89" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I89" t="s">
         <v>22</v>
       </c>
       <c r="J89" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90">
-        <v>1234</v>
+        <v>1364</v>
       </c>
       <c r="B90" t="s">
         <v>193</v>
       </c>
       <c r="C90" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
       <c r="D90" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E90">
         <v>1</v>
       </c>
       <c r="F90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90" t="s">
-        <v>194</v>
+        <v>31</v>
       </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91">
-        <v>1393</v>
+        <v>1177</v>
       </c>
       <c r="B91" t="s">
         <v>195</v>
       </c>
       <c r="C91" t="s">
-        <v>45</v>
+        <v>196</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91">
         <v>1</v>
       </c>
       <c r="F91">
         <v>1</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="I91" t="s">
         <v>22</v>
       </c>
       <c r="J91" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92">
-        <v>75</v>
+        <v>1377</v>
       </c>
       <c r="B92" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C92" t="s">
-        <v>185</v>
+        <v>47</v>
       </c>
       <c r="D92" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93">
-        <v>1257</v>
+        <v>1234</v>
       </c>
       <c r="B93" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C93" t="s">
-        <v>198</v>
+        <v>19</v>
       </c>
       <c r="D93" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93" t="s">
         <v>199</v>
       </c>
       <c r="I93" t="s">
         <v>22</v>
       </c>
       <c r="J93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94">
-        <v>79</v>
+        <v>1235</v>
       </c>
       <c r="B94" t="s">
         <v>200</v>
       </c>
       <c r="C94" t="s">
-        <v>48</v>
+        <v>201</v>
       </c>
       <c r="D94" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E94">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F94">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94" t="s">
-        <v>99</v>
+        <v>199</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95">
-        <v>1258</v>
+        <v>1394</v>
       </c>
       <c r="B95" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C95" t="s">
-        <v>202</v>
+        <v>19</v>
       </c>
       <c r="D95" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96">
-        <v>1411</v>
+        <v>79</v>
       </c>
       <c r="B96" t="s">
         <v>203</v>
       </c>
       <c r="C96" t="s">
-        <v>204</v>
+        <v>19</v>
       </c>
       <c r="D96" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E96">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F96">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96" t="s">
-        <v>206</v>
+        <v>103</v>
       </c>
       <c r="I96" t="s">
         <v>22</v>
       </c>
       <c r="J96" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97">
-        <v>464</v>
+        <v>1258</v>
       </c>
       <c r="B97" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C97" t="s">
-        <v>19</v>
+        <v>205</v>
       </c>
       <c r="D97" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E97">
         <v>1</v>
       </c>
       <c r="F97">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97" t="s">
-        <v>141</v>
+        <v>39</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98">
-        <v>1275</v>
+        <v>1411</v>
       </c>
       <c r="B98" t="s">
+        <v>206</v>
+      </c>
+      <c r="C98" t="s">
+        <v>207</v>
+      </c>
+      <c r="D98" t="s">
         <v>208</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98">
+        <v>1</v>
+      </c>
+      <c r="F98">
+        <v>5</v>
+      </c>
+      <c r="G98">
+        <v>0</v>
+      </c>
+      <c r="H98" t="s">
         <v>209</v>
       </c>
-      <c r="D98" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I98" t="s">
         <v>22</v>
       </c>
       <c r="J98" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99">
-        <v>775</v>
+        <v>464</v>
       </c>
       <c r="B99" t="s">
         <v>210</v>
       </c>
       <c r="C99" t="s">
         <v>30</v>
       </c>
       <c r="D99" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E99">
         <v>1</v>
       </c>
       <c r="F99">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100">
-        <v>1291</v>
+        <v>1275</v>
       </c>
       <c r="B100" t="s">
         <v>211</v>
       </c>
       <c r="C100" t="s">
         <v>212</v>
       </c>
       <c r="D100" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E100">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100" t="s">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101">
-        <v>890</v>
+        <v>775</v>
       </c>
       <c r="B101" t="s">
         <v>213</v>
       </c>
       <c r="C101" t="s">
-        <v>214</v>
+        <v>38</v>
       </c>
       <c r="D101" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E101">
         <v>1</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101" t="s">
-        <v>194</v>
+        <v>31</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102">
-        <v>1307</v>
+        <v>1291</v>
       </c>
       <c r="B102" t="s">
+        <v>214</v>
+      </c>
+      <c r="C102" t="s">
         <v>215</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E102">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102" t="s">
-        <v>199</v>
+        <v>27</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103">
-        <v>917</v>
+        <v>890</v>
       </c>
       <c r="B103" t="s">
         <v>216</v>
       </c>
       <c r="C103" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="D103" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103" t="s">
-        <v>99</v>
+        <v>199</v>
       </c>
       <c r="I103" t="s">
         <v>22</v>
       </c>
       <c r="J103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104">
-        <v>1338</v>
+        <v>1307</v>
       </c>
       <c r="B104" t="s">
-        <v>186</v>
+        <v>218</v>
       </c>
       <c r="C104" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D104" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E104">
         <v>0</v>
       </c>
       <c r="F104">
         <v>0</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105">
-        <v>1063</v>
+        <v>917</v>
       </c>
       <c r="B105" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C105" t="s">
-        <v>185</v>
+        <v>119</v>
       </c>
       <c r="D105" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E105">
         <v>1</v>
       </c>
       <c r="F105">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105" t="s">
-        <v>72</v>
+        <v>103</v>
       </c>
       <c r="I105" t="s">
         <v>22</v>
       </c>
       <c r="J105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106">
-        <v>1365</v>
+        <v>1338</v>
       </c>
       <c r="B106" t="s">
-        <v>218</v>
+        <v>191</v>
       </c>
       <c r="C106" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D106" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E106">
         <v>0</v>
       </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106" t="s">
-        <v>46</v>
+        <v>192</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107">
-        <v>1202</v>
+        <v>1063</v>
       </c>
       <c r="B107" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C107" t="s">
-        <v>48</v>
+        <v>173</v>
       </c>
       <c r="D107" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E107">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F107">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107" t="s">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108">
-        <v>1378</v>
+        <v>1365</v>
       </c>
       <c r="B108" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C108" t="s">
-        <v>221</v>
+        <v>47</v>
       </c>
       <c r="D108" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="E108">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F108">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I108" t="s">
         <v>22</v>
       </c>
       <c r="J108" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109">
-        <v>1235</v>
+        <v>1202</v>
       </c>
       <c r="B109" t="s">
         <v>222</v>
       </c>
       <c r="C109" t="s">
-        <v>223</v>
+        <v>19</v>
       </c>
       <c r="D109" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F109">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110">
-        <v>1394</v>
+        <v>1378</v>
       </c>
       <c r="B110" t="s">
+        <v>223</v>
+      </c>
+      <c r="C110" t="s">
         <v>224</v>
       </c>
-      <c r="C110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E110">
         <v>1</v>
       </c>
       <c r="F110">
         <v>1</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111">
-        <v>1238</v>
+        <v>1202</v>
       </c>
       <c r="B111" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C111" t="s">
-        <v>226</v>
+        <v>19</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F111">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="I111" t="s">
         <v>22</v>
       </c>
       <c r="J111" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112">
-        <v>1395</v>
+        <v>1379</v>
       </c>
       <c r="B112" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C112" t="s">
-        <v>48</v>
+        <v>226</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112">
+        <v>1</v>
+      </c>
+      <c r="F112">
         <v>2</v>
       </c>
-      <c r="F112">
-[...1 lines deleted...]
-      </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112" t="s">
-        <v>187</v>
+        <v>54</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113">
-        <v>79</v>
+        <v>1238</v>
       </c>
       <c r="B113" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="C113" t="s">
-        <v>48</v>
+        <v>228</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F113">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113" t="s">
-        <v>72</v>
+        <v>229</v>
       </c>
       <c r="I113" t="s">
         <v>22</v>
       </c>
       <c r="J113" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114">
-        <v>1259</v>
+        <v>1395</v>
       </c>
       <c r="B114" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C114" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D114" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E114">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F114">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114" t="s">
-        <v>31</v>
+        <v>192</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115">
-        <v>1412</v>
+        <v>79</v>
       </c>
       <c r="B115" t="s">
-        <v>230</v>
+        <v>203</v>
       </c>
       <c r="C115" t="s">
-        <v>231</v>
+        <v>19</v>
       </c>
       <c r="D115" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="E115">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F115">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115" t="s">
-        <v>232</v>
+        <v>27</v>
       </c>
       <c r="I115" t="s">
         <v>22</v>
       </c>
       <c r="J115" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116">
-        <v>494</v>
+        <v>1259</v>
       </c>
       <c r="B116" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C116" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D116" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117">
-        <v>1276</v>
+        <v>1412</v>
       </c>
       <c r="B117" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C117" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D117" t="s">
-        <v>26</v>
+        <v>183</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="F117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117" t="s">
-        <v>99</v>
+        <v>234</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118">
-        <v>806</v>
+        <v>494</v>
       </c>
       <c r="B118" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C118" t="s">
-        <v>238</v>
+        <v>19</v>
       </c>
       <c r="D118" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E118">
         <v>1</v>
       </c>
       <c r="F118">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118" t="s">
-        <v>99</v>
+        <v>236</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119">
-        <v>1292</v>
+        <v>1276</v>
       </c>
       <c r="B119" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C119" t="s">
-        <v>39</v>
+        <v>238</v>
       </c>
       <c r="D119" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="E119">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F119">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119" t="s">
-        <v>72</v>
+        <v>103</v>
       </c>
       <c r="I119" t="s">
         <v>22</v>
       </c>
       <c r="J119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120">
-        <v>892</v>
+        <v>806</v>
       </c>
       <c r="B120" t="s">
+        <v>239</v>
+      </c>
+      <c r="C120" t="s">
         <v>240</v>
       </c>
-      <c r="C120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="F120">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120" t="s">
-        <v>242</v>
+        <v>103</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121">
-        <v>1308</v>
+        <v>1292</v>
       </c>
       <c r="B121" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C121" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D121" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E121">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F121">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121" t="s">
-        <v>155</v>
+        <v>27</v>
       </c>
       <c r="I121" t="s">
         <v>22</v>
       </c>
       <c r="J121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122">
-        <v>918</v>
+        <v>892</v>
       </c>
       <c r="B122" t="s">
+        <v>242</v>
+      </c>
+      <c r="C122" t="s">
+        <v>243</v>
+      </c>
+      <c r="D122" t="s">
+        <v>91</v>
+      </c>
+      <c r="E122">
+        <v>1</v>
+      </c>
+      <c r="F122">
+        <v>1</v>
+      </c>
+      <c r="G122">
+        <v>0</v>
+      </c>
+      <c r="H122" t="s">
         <v>244</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123">
-        <v>1340</v>
+        <v>1308</v>
       </c>
       <c r="B123" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C123" t="s">
-        <v>248</v>
+        <v>53</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123">
         <v>2</v>
       </c>
       <c r="F123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123" t="s">
-        <v>249</v>
+        <v>160</v>
       </c>
       <c r="I123" t="s">
         <v>22</v>
       </c>
       <c r="J123" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124">
-        <v>1066</v>
+        <v>918</v>
       </c>
       <c r="B124" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C124" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F124">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124" t="s">
-        <v>46</v>
+        <v>248</v>
       </c>
       <c r="I124" t="s">
         <v>22</v>
       </c>
       <c r="J124" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125">
-        <v>1366</v>
+        <v>1340</v>
       </c>
       <c r="B125" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C125" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D125" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E125">
         <v>2</v>
       </c>
       <c r="F125">
         <v>1</v>
       </c>
       <c r="G125">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H125" t="s">
-        <v>46</v>
+        <v>251</v>
       </c>
       <c r="I125" t="s">
         <v>22</v>
       </c>
       <c r="J125" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126">
-        <v>1202</v>
+        <v>1066</v>
       </c>
       <c r="B126" t="s">
-        <v>219</v>
+        <v>252</v>
       </c>
       <c r="C126" t="s">
-        <v>48</v>
+        <v>253</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F126">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127">
-        <v>1379</v>
+        <v>1366</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" t="s">
         <v>255</v>
       </c>
       <c r="D127" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F127">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G127">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H127" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I127" t="s">
         <v>22</v>
       </c>
       <c r="J127" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128">
-        <v>1239</v>
+        <v>1210</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" t="s">
-        <v>45</v>
+        <v>257</v>
       </c>
       <c r="D128" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E128">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F128">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="I128" t="s">
         <v>22</v>
       </c>
       <c r="J128" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129">
-        <v>1396</v>
+        <v>1380</v>
       </c>
       <c r="B129" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C129" t="s">
-        <v>258</v>
+        <v>47</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F129">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129" t="s">
-        <v>259</v>
+        <v>54</v>
       </c>
       <c r="I129" t="s">
         <v>22</v>
       </c>
       <c r="J129" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130">
-        <v>97</v>
+        <v>1239</v>
       </c>
       <c r="B130" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C130" t="s">
-        <v>261</v>
+        <v>53</v>
       </c>
       <c r="D130" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E130">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F130">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130" t="s">
-        <v>31</v>
+        <v>229</v>
       </c>
       <c r="I130" t="s">
         <v>22</v>
       </c>
       <c r="J130" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131">
-        <v>1260</v>
+        <v>1396</v>
       </c>
       <c r="B131" t="s">
+        <v>260</v>
+      </c>
+      <c r="C131" t="s">
+        <v>261</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131">
+        <v>1</v>
+      </c>
+      <c r="F131">
+        <v>1</v>
+      </c>
+      <c r="G131">
+        <v>0</v>
+      </c>
+      <c r="H131" t="s">
         <v>262</v>
       </c>
-      <c r="C131" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I131" t="s">
         <v>22</v>
       </c>
       <c r="J131" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132">
-        <v>1413</v>
+        <v>97</v>
       </c>
       <c r="B132" t="s">
+        <v>263</v>
+      </c>
+      <c r="C132" t="s">
         <v>264</v>
       </c>
-      <c r="C132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E132">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F132">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="I132" t="s">
         <v>22</v>
       </c>
       <c r="J132" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133">
-        <v>494</v>
+        <v>1260</v>
       </c>
       <c r="B133" t="s">
-        <v>233</v>
+        <v>265</v>
       </c>
       <c r="C133" t="s">
-        <v>48</v>
+        <v>266</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="F133">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I133" t="s">
         <v>22</v>
       </c>
       <c r="J133" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134">
-        <v>1277</v>
+        <v>1413</v>
       </c>
       <c r="B134" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C134" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D134" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F134">
         <v>1</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135">
-        <v>838</v>
+        <v>494</v>
       </c>
       <c r="B135" t="s">
-        <v>268</v>
+        <v>235</v>
       </c>
       <c r="C135" t="s">
-        <v>269</v>
+        <v>19</v>
       </c>
       <c r="D135" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="I135" t="s">
         <v>22</v>
       </c>
       <c r="J135" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136">
-        <v>1293</v>
+        <v>1277</v>
       </c>
       <c r="B136" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C136" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D136" t="s">
-        <v>26</v>
+        <v>208</v>
       </c>
       <c r="E136">
         <v>1</v>
       </c>
       <c r="F136">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136" t="s">
-        <v>178</v>
+        <v>76</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137">
-        <v>894</v>
+        <v>838</v>
       </c>
       <c r="B137" t="s">
+        <v>271</v>
+      </c>
+      <c r="C137" t="s">
+        <v>272</v>
+      </c>
+      <c r="D137" t="s">
+        <v>208</v>
+      </c>
+      <c r="E137">
+        <v>1</v>
+      </c>
+      <c r="F137">
+        <v>0</v>
+      </c>
+      <c r="G137">
+        <v>0</v>
+      </c>
+      <c r="H137" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>133</v>
       </c>
       <c r="I137" t="s">
         <v>22</v>
       </c>
       <c r="J137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="B138" t="s">
         <v>274</v>
       </c>
       <c r="C138" t="s">
-        <v>39</v>
+        <v>275</v>
       </c>
       <c r="D138" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="E138">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F138">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138" t="s">
-        <v>63</v>
+        <v>184</v>
       </c>
       <c r="I138" t="s">
         <v>22</v>
       </c>
       <c r="J138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139">
-        <v>919</v>
+        <v>894</v>
       </c>
       <c r="B139" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C139" t="s">
-        <v>185</v>
+        <v>47</v>
       </c>
       <c r="D139" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="E139">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F139">
         <v>0</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="I139" t="s">
         <v>22</v>
       </c>
       <c r="J139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140">
-        <v>1343</v>
+        <v>1309</v>
       </c>
       <c r="B140" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C140" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D140" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E140">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F140">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140" t="s">
-        <v>277</v>
+        <v>69</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141">
-        <v>1067</v>
+        <v>919</v>
       </c>
       <c r="B141" t="s">
         <v>278</v>
       </c>
       <c r="C141" t="s">
-        <v>279</v>
+        <v>173</v>
       </c>
       <c r="D141" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E141">
         <v>1</v>
       </c>
       <c r="F141">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141" t="s">
-        <v>280</v>
+        <v>27</v>
       </c>
       <c r="I141" t="s">
         <v>22</v>
       </c>
       <c r="J141" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142">
-        <v>1367</v>
+        <v>1343</v>
       </c>
       <c r="B142" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C142" t="s">
-        <v>282</v>
+        <v>19</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F142">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142" t="s">
-        <v>46</v>
+        <v>280</v>
       </c>
       <c r="I142" t="s">
         <v>22</v>
       </c>
       <c r="J142" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143">
-        <v>1210</v>
+        <v>1067</v>
       </c>
       <c r="B143" t="s">
+        <v>281</v>
+      </c>
+      <c r="C143" t="s">
+        <v>282</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143">
+        <v>1</v>
+      </c>
+      <c r="F143">
+        <v>1</v>
+      </c>
+      <c r="G143">
+        <v>0</v>
+      </c>
+      <c r="H143" t="s">
         <v>283</v>
       </c>
-      <c r="C143" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I143" t="s">
         <v>22</v>
       </c>
       <c r="J143" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144">
-        <v>1380</v>
+        <v>1367</v>
       </c>
       <c r="B144" t="s">
+        <v>284</v>
+      </c>
+      <c r="C144" t="s">
         <v>285</v>
       </c>
-      <c r="C144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F144">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145">
-        <v>1214</v>
+        <v>1069</v>
       </c>
       <c r="B145" t="s">
         <v>286</v>
       </c>
       <c r="C145" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D145" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E145">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F145">
         <v>0</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145" t="s">
-        <v>287</v>
+        <v>76</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146">
-        <v>1381</v>
+        <v>1368</v>
       </c>
       <c r="B146" t="s">
+        <v>287</v>
+      </c>
+      <c r="C146" t="s">
         <v>288</v>
       </c>
-      <c r="C146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E146">
         <v>1</v>
       </c>
       <c r="F146">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146" t="s">
-        <v>290</v>
+        <v>54</v>
       </c>
       <c r="I146" t="s">
         <v>22</v>
       </c>
       <c r="J146" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147">
-        <v>1240</v>
+        <v>1214</v>
       </c>
       <c r="B147" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C147" t="s">
-        <v>292</v>
+        <v>47</v>
       </c>
       <c r="D147" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E147">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F147">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147" t="s">
-        <v>55</v>
+        <v>290</v>
       </c>
       <c r="I147" t="s">
         <v>22</v>
       </c>
       <c r="J147" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148">
-        <v>1397</v>
+        <v>1381</v>
       </c>
       <c r="B148" t="s">
+        <v>291</v>
+      </c>
+      <c r="C148" t="s">
+        <v>292</v>
+      </c>
+      <c r="D148" t="s">
+        <v>208</v>
+      </c>
+      <c r="E148">
+        <v>1</v>
+      </c>
+      <c r="F148">
+        <v>0</v>
+      </c>
+      <c r="G148">
+        <v>0</v>
+      </c>
+      <c r="H148" t="s">
         <v>293</v>
       </c>
-      <c r="C148" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149">
-        <v>120</v>
+        <v>1240</v>
       </c>
       <c r="B149" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="C149" t="s">
-        <v>48</v>
+        <v>288</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149">
         <v>2</v>
       </c>
       <c r="F149">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149" t="s">
-        <v>290</v>
+        <v>62</v>
       </c>
       <c r="I149" t="s">
         <v>22</v>
       </c>
       <c r="J149" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150">
-        <v>1261</v>
+        <v>1397</v>
       </c>
       <c r="B150" t="s">
+        <v>295</v>
+      </c>
+      <c r="C150" t="s">
+        <v>47</v>
+      </c>
+      <c r="D150" t="s">
+        <v>48</v>
+      </c>
+      <c r="E150">
+        <v>0</v>
+      </c>
+      <c r="F150">
+        <v>0</v>
+      </c>
+      <c r="G150">
+        <v>0</v>
+      </c>
+      <c r="H150" t="s">
         <v>296</v>
       </c>
-      <c r="C150" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151">
-        <v>1414</v>
+        <v>120</v>
       </c>
       <c r="B151" t="s">
         <v>297</v>
       </c>
       <c r="C151" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
       <c r="F151">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="I151" t="s">
         <v>22</v>
       </c>
       <c r="J151" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152">
-        <v>498</v>
+        <v>1261</v>
       </c>
       <c r="B152" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C152" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D152" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E152">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F152">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G152">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H152" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153">
-        <v>1278</v>
+        <v>1414</v>
       </c>
       <c r="B153" t="s">
+        <v>299</v>
+      </c>
+      <c r="C153" t="s">
+        <v>19</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153">
+        <v>2</v>
+      </c>
+      <c r="F153">
+        <v>3</v>
+      </c>
+      <c r="G153">
+        <v>0</v>
+      </c>
+      <c r="H153" t="s">
         <v>300</v>
       </c>
-      <c r="C153" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I153" t="s">
         <v>22</v>
       </c>
       <c r="J153" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154">
-        <v>851</v>
+        <v>498</v>
       </c>
       <c r="B154" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C154" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F154">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G154">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H154" t="s">
-        <v>72</v>
+        <v>236</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155">
-        <v>1294</v>
+        <v>1278</v>
       </c>
       <c r="B155" t="s">
+        <v>302</v>
+      </c>
+      <c r="C155" t="s">
         <v>303</v>
       </c>
-      <c r="C155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D155" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155" t="s">
-        <v>304</v>
+        <v>81</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156">
-        <v>895</v>
+        <v>851</v>
       </c>
       <c r="B156" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C156" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="D156" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I156" t="s">
         <v>22</v>
       </c>
       <c r="J156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157">
-        <v>1310</v>
+        <v>1294</v>
       </c>
       <c r="B157" t="s">
+        <v>305</v>
+      </c>
+      <c r="C157" t="s">
+        <v>53</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157">
+        <v>1</v>
+      </c>
+      <c r="F157">
+        <v>1</v>
+      </c>
+      <c r="G157">
+        <v>0</v>
+      </c>
+      <c r="H157" t="s">
         <v>306</v>
-      </c>
-[...16 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I157" t="s">
         <v>22</v>
       </c>
       <c r="J157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158">
-        <v>920</v>
+        <v>895</v>
       </c>
       <c r="B158" t="s">
         <v>307</v>
       </c>
       <c r="C158" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D158" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158" t="s">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159">
-        <v>1351</v>
+        <v>1310</v>
       </c>
       <c r="B159" t="s">
         <v>308</v>
       </c>
       <c r="C159" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F159">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159" t="s">
-        <v>227</v>
+        <v>76</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160">
-        <v>1069</v>
+        <v>920</v>
       </c>
       <c r="B160" t="s">
         <v>309</v>
       </c>
       <c r="C160" t="s">
-        <v>19</v>
+        <v>173</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E160">
+        <v>1</v>
+      </c>
+      <c r="F160">
         <v>2</v>
       </c>
-      <c r="F160">
-[...1 lines deleted...]
-      </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160" t="s">
-        <v>106</v>
+        <v>184</v>
       </c>
       <c r="I160" t="s">
         <v>22</v>
       </c>
       <c r="J160" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161">
-        <v>1368</v>
+        <v>1351</v>
       </c>
       <c r="B161" t="s">
         <v>310</v>
       </c>
       <c r="C161" t="s">
-        <v>292</v>
+        <v>19</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161" t="s">
-        <v>46</v>
+        <v>229</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162">
-        <v>1217</v>
+        <v>1070</v>
       </c>
       <c r="B162" t="s">
         <v>311</v>
       </c>
       <c r="C162" t="s">
-        <v>45</v>
+        <v>312</v>
       </c>
       <c r="D162" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E162">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F162">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="I162" t="s">
         <v>22</v>
       </c>
       <c r="J162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163">
-        <v>1382</v>
+        <v>1369</v>
       </c>
       <c r="B163" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C163" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163" t="s">
-        <v>290</v>
+        <v>54</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164">
-        <v>1241</v>
+        <v>1217</v>
       </c>
       <c r="B164" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C164" t="s">
-        <v>314</v>
+        <v>53</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F164">
         <v>0</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="I164" t="s">
         <v>22</v>
       </c>
       <c r="J164" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165">
-        <v>1398</v>
+        <v>1382</v>
       </c>
       <c r="B165" t="s">
         <v>315</v>
       </c>
       <c r="C165" t="s">
-        <v>292</v>
+        <v>19</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F165">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165" t="s">
-        <v>84</v>
+        <v>293</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166">
-        <v>169</v>
+        <v>1241</v>
       </c>
       <c r="B166" t="s">
         <v>316</v>
       </c>
       <c r="C166" t="s">
-        <v>48</v>
+        <v>317</v>
       </c>
       <c r="D166" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E166">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F166">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167">
-        <v>1262</v>
+        <v>1398</v>
       </c>
       <c r="B167" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C167" t="s">
-        <v>318</v>
+        <v>288</v>
       </c>
       <c r="D167" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E167">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F167">
         <v>1</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168">
-        <v>1415</v>
+        <v>169</v>
       </c>
       <c r="B168" t="s">
         <v>319</v>
       </c>
       <c r="C168" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D168" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E168">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F168">
         <v>1</v>
       </c>
       <c r="G168">
         <v>0</v>
       </c>
       <c r="H168" t="s">
-        <v>249</v>
+        <v>54</v>
       </c>
       <c r="I168" t="s">
         <v>22</v>
       </c>
       <c r="J168" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169">
-        <v>500</v>
+        <v>1262</v>
       </c>
       <c r="B169" t="s">
         <v>320</v>
       </c>
       <c r="C169" t="s">
-        <v>48</v>
+        <v>321</v>
       </c>
       <c r="D169" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G169">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H169" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I169" t="s">
         <v>22</v>
       </c>
       <c r="J169" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170">
-        <v>1279</v>
+        <v>1415</v>
       </c>
       <c r="B170" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C170" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D170" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E170">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F170">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G170">
         <v>0</v>
       </c>
       <c r="H170" t="s">
-        <v>76</v>
+        <v>251</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171">
-        <v>860</v>
+        <v>500</v>
       </c>
       <c r="B171" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C171" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D171" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E171">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F171">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G171">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H171" t="s">
-        <v>199</v>
+        <v>236</v>
       </c>
       <c r="I171" t="s">
         <v>22</v>
       </c>
       <c r="J171" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172">
-        <v>1295</v>
+        <v>1279</v>
       </c>
       <c r="B172" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C172" t="s">
-        <v>324</v>
+        <v>47</v>
       </c>
       <c r="D172" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="E172">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F172">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G172">
         <v>0</v>
       </c>
       <c r="H172" t="s">
-        <v>304</v>
+        <v>81</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173">
-        <v>898</v>
+        <v>860</v>
       </c>
       <c r="B173" t="s">
         <v>325</v>
       </c>
       <c r="C173" t="s">
         <v>19</v>
       </c>
       <c r="D173" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F173">
         <v>1</v>
       </c>
       <c r="G173">
         <v>0</v>
       </c>
       <c r="H173" t="s">
-        <v>31</v>
+        <v>176</v>
       </c>
       <c r="I173" t="s">
         <v>22</v>
       </c>
       <c r="J173" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174">
-        <v>1311</v>
+        <v>1295</v>
       </c>
       <c r="B174" t="s">
         <v>326</v>
       </c>
       <c r="C174" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D174" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G174">
         <v>0</v>
       </c>
       <c r="H174" t="s">
-        <v>76</v>
+        <v>306</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175">
-        <v>925</v>
+        <v>898</v>
       </c>
       <c r="B175" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C175" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="F175">
         <v>1</v>
       </c>
       <c r="G175">
         <v>0</v>
       </c>
       <c r="H175" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="I175" t="s">
         <v>22</v>
       </c>
       <c r="J175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176">
-        <v>1352</v>
+        <v>1311</v>
       </c>
       <c r="B176" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C176" t="s">
-        <v>267</v>
+        <v>327</v>
       </c>
       <c r="D176" t="s">
-        <v>205</v>
+        <v>75</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176" t="s">
-        <v>206</v>
+        <v>81</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177">
-        <v>1070</v>
+        <v>925</v>
       </c>
       <c r="B177" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C177" t="s">
-        <v>330</v>
+        <v>30</v>
       </c>
       <c r="D177" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E177">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F177">
         <v>1</v>
       </c>
       <c r="G177">
         <v>0</v>
       </c>
       <c r="H177" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="I177" t="s">
         <v>22</v>
       </c>
       <c r="J177" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178">
-        <v>1369</v>
+        <v>1352</v>
       </c>
       <c r="B178" t="s">
         <v>331</v>
       </c>
       <c r="C178" t="s">
-        <v>236</v>
+        <v>270</v>
       </c>
       <c r="D178" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="F178">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G178">
         <v>0</v>
       </c>
       <c r="H178" t="s">
-        <v>46</v>
+        <v>209</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179">
-        <v>1071</v>
+        <v>928</v>
       </c>
       <c r="B179" t="s">
         <v>332</v>
       </c>
       <c r="C179" t="s">
         <v>333</v>
       </c>
       <c r="D179" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E179">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F179">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G179">
         <v>0</v>
       </c>
       <c r="H179" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="I179" t="s">
         <v>22</v>
       </c>
       <c r="J179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180">
-        <v>1370</v>
+        <v>1353</v>
       </c>
       <c r="B180" t="s">
         <v>334</v>
       </c>
       <c r="C180" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="D180" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E180">
         <v>1</v>
       </c>
       <c r="F180">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G180">
         <v>0</v>
       </c>
       <c r="H180" t="s">
-        <v>46</v>
+        <v>336</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181">
-        <v>1219</v>
+        <v>1071</v>
       </c>
       <c r="B181" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C181" t="s">
-        <v>45</v>
+        <v>338</v>
       </c>
       <c r="D181" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E181">
         <v>1</v>
       </c>
       <c r="F181">
         <v>0</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182">
-        <v>1383</v>
+        <v>1370</v>
       </c>
       <c r="B182" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C182" t="s">
-        <v>48</v>
+        <v>253</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F182">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G182">
         <v>0</v>
       </c>
       <c r="H182" t="s">
-        <v>290</v>
+        <v>54</v>
       </c>
       <c r="I182" t="s">
         <v>22</v>
       </c>
       <c r="J182" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183">
-        <v>1242</v>
+        <v>1219</v>
       </c>
       <c r="B183" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C183" t="s">
-        <v>338</v>
+        <v>53</v>
       </c>
       <c r="D183" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E183">
         <v>1</v>
       </c>
       <c r="F183">
         <v>0</v>
       </c>
       <c r="G183">
         <v>0</v>
       </c>
       <c r="H183" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="I183" t="s">
         <v>22</v>
       </c>
       <c r="J183" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184">
-        <v>1399</v>
+        <v>1383</v>
       </c>
       <c r="B184" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C184" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D184" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E184">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F184">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G184">
         <v>0</v>
       </c>
       <c r="H184" t="s">
-        <v>340</v>
+        <v>293</v>
       </c>
       <c r="I184" t="s">
         <v>22</v>
       </c>
       <c r="J184" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185">
-        <v>174</v>
+        <v>1242</v>
       </c>
       <c r="B185" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C185" t="s">
-        <v>48</v>
+        <v>343</v>
       </c>
       <c r="D185" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E185">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F185">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G185">
         <v>0</v>
       </c>
       <c r="H185" t="s">
-        <v>31</v>
+        <v>62</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186">
-        <v>1263</v>
+        <v>1399</v>
       </c>
       <c r="B186" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C186" t="s">
-        <v>343</v>
+        <v>47</v>
       </c>
       <c r="D186" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E186">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F186">
         <v>0</v>
       </c>
       <c r="G186">
         <v>0</v>
       </c>
       <c r="H186" t="s">
-        <v>31</v>
+        <v>345</v>
       </c>
       <c r="I186" t="s">
         <v>22</v>
       </c>
       <c r="J186" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187">
-        <v>1416</v>
+        <v>174</v>
       </c>
       <c r="B187" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C187" t="s">
-        <v>292</v>
+        <v>19</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F187">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G187">
         <v>0</v>
       </c>
       <c r="H187" t="s">
-        <v>345</v>
+        <v>39</v>
       </c>
       <c r="I187" t="s">
         <v>22</v>
       </c>
       <c r="J187" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188">
-        <v>506</v>
+        <v>1263</v>
       </c>
       <c r="B188" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C188" t="s">
-        <v>48</v>
+        <v>348</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F188">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G188">
         <v>0</v>
       </c>
       <c r="H188" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I188" t="s">
         <v>22</v>
       </c>
       <c r="J188" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189">
-        <v>1280</v>
+        <v>1416</v>
       </c>
       <c r="B189" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C189" t="s">
-        <v>348</v>
+        <v>288</v>
       </c>
       <c r="D189" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
       <c r="F189">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G189">
         <v>0</v>
       </c>
       <c r="H189" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I189" t="s">
         <v>22</v>
       </c>
       <c r="J189" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190">
-        <v>862</v>
+        <v>506</v>
       </c>
       <c r="B190" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C190" t="s">
         <v>19</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F190">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G190">
         <v>0</v>
       </c>
       <c r="H190" t="s">
-        <v>199</v>
+        <v>236</v>
       </c>
       <c r="I190" t="s">
         <v>22</v>
       </c>
       <c r="J190" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191">
-        <v>1296</v>
+        <v>1280</v>
       </c>
       <c r="B191" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C191" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D191" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G191">
         <v>0</v>
       </c>
       <c r="H191" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I191" t="s">
         <v>22</v>
       </c>
       <c r="J191" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192">
-        <v>899</v>
+        <v>862</v>
       </c>
       <c r="B192" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C192" t="s">
-        <v>355</v>
+        <v>30</v>
       </c>
       <c r="D192" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G192">
         <v>0</v>
       </c>
       <c r="H192" t="s">
-        <v>31</v>
+        <v>176</v>
       </c>
       <c r="I192" t="s">
         <v>22</v>
       </c>
       <c r="J192" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193">
-        <v>1312</v>
+        <v>1296</v>
       </c>
       <c r="B193" t="s">
         <v>356</v>
       </c>
       <c r="C193" t="s">
-        <v>39</v>
+        <v>357</v>
       </c>
       <c r="D193" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="E193">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F193">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="I193" t="s">
         <v>22</v>
       </c>
       <c r="J193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194">
-        <v>928</v>
+        <v>899</v>
       </c>
       <c r="B194" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C194" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D194" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E194">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F194">
         <v>1</v>
       </c>
       <c r="G194">
         <v>0</v>
       </c>
       <c r="H194" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I194" t="s">
         <v>22</v>
       </c>
       <c r="J194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195">
-        <v>1353</v>
+        <v>1312</v>
       </c>
       <c r="B195" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C195" t="s">
-        <v>360</v>
+        <v>47</v>
       </c>
       <c r="D195" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="E195">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F195">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="I195" t="s">
         <v>22</v>
       </c>
       <c r="J195" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196">
-        <v>1355</v>
+        <v>930</v>
       </c>
       <c r="B196" t="s">
         <v>362</v>
       </c>
       <c r="C196" t="s">
-        <v>251</v>
+        <v>19</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F196">
         <v>1</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196" t="s">
-        <v>363</v>
+        <v>244</v>
       </c>
       <c r="I196" t="s">
         <v>22</v>
       </c>
       <c r="J196" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197">
-        <v>1085</v>
+        <v>1355</v>
       </c>
       <c r="B197" t="s">
+        <v>363</v>
+      </c>
+      <c r="C197" t="s">
+        <v>253</v>
+      </c>
+      <c r="D197" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197">
+        <v>2</v>
+      </c>
+      <c r="F197">
+        <v>1</v>
+      </c>
+      <c r="G197">
+        <v>0</v>
+      </c>
+      <c r="H197" t="s">
         <v>364</v>
       </c>
-      <c r="C197" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I197" t="s">
         <v>22</v>
       </c>
       <c r="J197" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198">
-        <v>1371</v>
+        <v>1085</v>
       </c>
       <c r="B198" t="s">
         <v>365</v>
       </c>
       <c r="C198" t="s">
-        <v>366</v>
+        <v>19</v>
       </c>
       <c r="D198" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E198">
         <v>1</v>
       </c>
       <c r="F198">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G198">
         <v>0</v>
       </c>
       <c r="H198" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I198" t="s">
         <v>22</v>
       </c>
       <c r="J198" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199">
-        <v>1223</v>
+        <v>1371</v>
       </c>
       <c r="B199" t="s">
+        <v>366</v>
+      </c>
+      <c r="C199" t="s">
         <v>367</v>
       </c>
-      <c r="C199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="E199">
         <v>1</v>
       </c>
       <c r="F199">
         <v>0</v>
       </c>
       <c r="G199">
         <v>0</v>
       </c>
       <c r="H199" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="I199" t="s">
         <v>22</v>
       </c>
       <c r="J199" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200">
-        <v>1384</v>
+        <v>1223</v>
       </c>
       <c r="B200" t="s">
+        <v>368</v>
+      </c>
+      <c r="C200" t="s">
         <v>369</v>
       </c>
-      <c r="C200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="E200">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F200">
         <v>0</v>
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200" t="s">
-        <v>290</v>
+        <v>103</v>
       </c>
       <c r="I200" t="s">
         <v>22</v>
       </c>
       <c r="J200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201">
-        <v>1249</v>
+        <v>1384</v>
       </c>
       <c r="B201" t="s">
         <v>370</v>
       </c>
       <c r="C201" t="s">
-        <v>371</v>
+        <v>47</v>
       </c>
       <c r="D201" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E201">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F201">
         <v>0</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201" t="s">
-        <v>99</v>
+        <v>293</v>
       </c>
       <c r="I201" t="s">
         <v>22</v>
       </c>
       <c r="J201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202">
-        <v>1400</v>
+        <v>1249</v>
       </c>
       <c r="B202" t="s">
+        <v>371</v>
+      </c>
+      <c r="C202" t="s">
         <v>372</v>
       </c>
-      <c r="C202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D202" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="F202">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G202">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H202" t="s">
-        <v>374</v>
+        <v>103</v>
       </c>
       <c r="I202" t="s">
         <v>22</v>
       </c>
       <c r="J202" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203">
-        <v>316</v>
+        <v>1400</v>
       </c>
       <c r="B203" t="s">
+        <v>373</v>
+      </c>
+      <c r="C203" t="s">
+        <v>374</v>
+      </c>
+      <c r="D203" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203">
+        <v>1</v>
+      </c>
+      <c r="F203">
+        <v>1</v>
+      </c>
+      <c r="G203">
+        <v>1</v>
+      </c>
+      <c r="H203" t="s">
         <v>375</v>
       </c>
-      <c r="C203" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204">
-        <v>1264</v>
+        <v>316</v>
       </c>
       <c r="B204" t="s">
+        <v>376</v>
+      </c>
+      <c r="C204" t="s">
+        <v>19</v>
+      </c>
+      <c r="D204" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204">
+        <v>2</v>
+      </c>
+      <c r="F204">
+        <v>2</v>
+      </c>
+      <c r="G204">
+        <v>0</v>
+      </c>
+      <c r="H204" t="s">
         <v>377</v>
       </c>
-      <c r="C204" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I204" t="s">
         <v>22</v>
       </c>
       <c r="J204" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205">
-        <v>1417</v>
+        <v>1264</v>
       </c>
       <c r="B205" t="s">
         <v>378</v>
       </c>
       <c r="C205" t="s">
-        <v>45</v>
+        <v>317</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205">
         <v>1</v>
       </c>
       <c r="F205">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205" t="s">
-        <v>379</v>
+        <v>39</v>
       </c>
       <c r="I205" t="s">
         <v>22</v>
       </c>
       <c r="J205" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206">
-        <v>508</v>
+        <v>1417</v>
       </c>
       <c r="B206" t="s">
+        <v>379</v>
+      </c>
+      <c r="C206" t="s">
+        <v>53</v>
+      </c>
+      <c r="D206" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206">
+        <v>1</v>
+      </c>
+      <c r="F206">
+        <v>0</v>
+      </c>
+      <c r="G206">
+        <v>0</v>
+      </c>
+      <c r="H206" t="s">
         <v>380</v>
       </c>
-      <c r="C206" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I206" t="s">
         <v>22</v>
       </c>
       <c r="J206" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207">
-        <v>1281</v>
+        <v>508</v>
       </c>
       <c r="B207" t="s">
         <v>381</v>
       </c>
       <c r="C207" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D207" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="F207">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207" t="s">
-        <v>382</v>
+        <v>236</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208">
-        <v>863</v>
+        <v>1281</v>
       </c>
       <c r="B208" t="s">
+        <v>382</v>
+      </c>
+      <c r="C208" t="s">
+        <v>19</v>
+      </c>
+      <c r="D208" t="s">
+        <v>35</v>
+      </c>
+      <c r="E208">
+        <v>1</v>
+      </c>
+      <c r="F208">
+        <v>0</v>
+      </c>
+      <c r="G208">
+        <v>0</v>
+      </c>
+      <c r="H208" t="s">
         <v>383</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209">
-        <v>1297</v>
+        <v>863</v>
       </c>
       <c r="B209" t="s">
         <v>384</v>
       </c>
       <c r="C209" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D209" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E209">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F209">
         <v>0</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209" t="s">
-        <v>114</v>
+        <v>81</v>
       </c>
       <c r="I209" t="s">
         <v>22</v>
       </c>
       <c r="J209" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210">
-        <v>900</v>
+        <v>1297</v>
       </c>
       <c r="B210" t="s">
         <v>385</v>
       </c>
       <c r="C210" t="s">
-        <v>386</v>
+        <v>47</v>
       </c>
       <c r="D210" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="E210">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F210">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210" t="s">
-        <v>227</v>
+        <v>120</v>
       </c>
       <c r="I210" t="s">
         <v>22</v>
       </c>
       <c r="J210" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211">
-        <v>1313</v>
+        <v>900</v>
       </c>
       <c r="B211" t="s">
+        <v>386</v>
+      </c>
+      <c r="C211" t="s">
         <v>387</v>
       </c>
-      <c r="C211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D211" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="F211">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211" t="s">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212">
-        <v>930</v>
+        <v>1313</v>
       </c>
       <c r="B212" t="s">
         <v>388</v>
       </c>
       <c r="C212" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212">
         <v>1</v>
       </c>
       <c r="F212">
         <v>1</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212" t="s">
-        <v>242</v>
+        <v>184</v>
       </c>
       <c r="I212" t="s">
         <v>22</v>
       </c>
       <c r="J212" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213">
-        <v>950</v>
+        <v>902</v>
       </c>
       <c r="B213" t="s">
         <v>389</v>
       </c>
       <c r="C213" t="s">
-        <v>19</v>
+        <v>390</v>
       </c>
       <c r="D213" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
       <c r="F213">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
       <c r="H213" t="s">
-        <v>234</v>
+        <v>273</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214">
-        <v>1356</v>
+        <v>1314</v>
       </c>
       <c r="B214" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C214" t="s">
-        <v>48</v>
+        <v>392</v>
       </c>
       <c r="D214" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="E214">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F214">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
       <c r="H214" t="s">
-        <v>391</v>
+        <v>358</v>
       </c>
       <c r="I214" t="s">
         <v>22</v>
       </c>
       <c r="J214" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215">
-        <v>1093</v>
+        <v>950</v>
       </c>
       <c r="B215" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C215" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D215" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E215">
         <v>1</v>
       </c>
       <c r="F215">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
       <c r="H215" t="s">
-        <v>49</v>
+        <v>236</v>
       </c>
       <c r="I215" t="s">
         <v>22</v>
       </c>
       <c r="J215" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216">
-        <v>1372</v>
+        <v>1356</v>
       </c>
       <c r="B216" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C216" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F216">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G216">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H216" t="s">
-        <v>290</v>
+        <v>395</v>
       </c>
       <c r="I216" t="s">
         <v>22</v>
       </c>
       <c r="J216" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217">
-        <v>1226</v>
+        <v>1093</v>
       </c>
       <c r="B217" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C217" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D217" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E217">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F217">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
       <c r="H217" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218">
-        <v>1385</v>
+        <v>1372</v>
       </c>
       <c r="B218" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C218" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H218" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I218" t="s">
         <v>22</v>
       </c>
       <c r="J218" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219">
-        <v>1250</v>
+        <v>1226</v>
       </c>
       <c r="B219" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C219" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F219">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G219">
         <v>0</v>
       </c>
       <c r="H219" t="s">
-        <v>49</v>
+        <v>103</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220">
-        <v>1401</v>
+        <v>1385</v>
       </c>
       <c r="B220" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C220" t="s">
-        <v>338</v>
+        <v>47</v>
       </c>
       <c r="D220" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E220">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F220">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G220">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H220" t="s">
-        <v>398</v>
+        <v>293</v>
       </c>
       <c r="I220" t="s">
         <v>22</v>
       </c>
       <c r="J220" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221">
-        <v>404</v>
+        <v>1250</v>
       </c>
       <c r="B221" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C221" t="s">
         <v>19</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F221">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G221">
         <v>0</v>
       </c>
       <c r="H221" t="s">
-        <v>363</v>
+        <v>56</v>
       </c>
       <c r="I221" t="s">
         <v>22</v>
       </c>
       <c r="J221" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222">
-        <v>1265</v>
+        <v>1401</v>
       </c>
       <c r="B222" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C222" t="s">
-        <v>39</v>
+        <v>343</v>
       </c>
       <c r="D222" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="E222">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F222">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G222">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H222" t="s">
-        <v>31</v>
+        <v>402</v>
       </c>
       <c r="I222" t="s">
         <v>22</v>
       </c>
       <c r="J222" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223">
-        <v>1418</v>
+        <v>404</v>
       </c>
       <c r="B223" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C223" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="D223" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E223">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F223">
         <v>1</v>
       </c>
       <c r="G223">
         <v>0</v>
       </c>
       <c r="H223" t="s">
-        <v>402</v>
+        <v>364</v>
       </c>
       <c r="I223" t="s">
         <v>22</v>
       </c>
       <c r="J223" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224">
-        <v>508</v>
+        <v>1265</v>
       </c>
       <c r="B224" t="s">
-        <v>380</v>
+        <v>404</v>
       </c>
       <c r="C224" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D224" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E224">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F224">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
       <c r="H224" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="I224" t="s">
         <v>22</v>
       </c>
       <c r="J224" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225">
-        <v>1282</v>
+        <v>1418</v>
       </c>
       <c r="B225" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C225" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="D225" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="E225">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F225">
         <v>1</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225" t="s">
-        <v>382</v>
+        <v>406</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226">
-        <v>865</v>
+        <v>508</v>
       </c>
       <c r="B226" t="s">
-        <v>404</v>
+        <v>381</v>
       </c>
       <c r="C226" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="D226" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="E226">
         <v>1</v>
       </c>
       <c r="F226">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G226">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H226" t="s">
-        <v>76</v>
+        <v>236</v>
       </c>
       <c r="I226" t="s">
         <v>22</v>
       </c>
       <c r="J226" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227">
-        <v>1298</v>
+        <v>1282</v>
       </c>
       <c r="B227" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C227" t="s">
-        <v>318</v>
+        <v>53</v>
       </c>
       <c r="D227" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E227">
         <v>2</v>
       </c>
       <c r="F227">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G227">
         <v>0</v>
       </c>
       <c r="H227" t="s">
-        <v>114</v>
+        <v>383</v>
       </c>
       <c r="I227" t="s">
         <v>22</v>
       </c>
       <c r="J227" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228">
-        <v>902</v>
+        <v>865</v>
       </c>
       <c r="B228" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C228" t="s">
-        <v>407</v>
+        <v>333</v>
       </c>
       <c r="D228" t="s">
-        <v>205</v>
+        <v>94</v>
       </c>
       <c r="E228">
         <v>1</v>
       </c>
       <c r="F228">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G228">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H228" t="s">
-        <v>270</v>
+        <v>81</v>
       </c>
       <c r="I228" t="s">
         <v>22</v>
       </c>
       <c r="J228" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229">
-        <v>1314</v>
+        <v>1298</v>
       </c>
       <c r="B229" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C229" t="s">
-        <v>409</v>
+        <v>321</v>
       </c>
       <c r="D229" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="E229">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F229">
         <v>0</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229" t="s">
-        <v>353</v>
+        <v>120</v>
       </c>
       <c r="I229" t="s">
         <v>22</v>
       </c>
       <c r="J229" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230">
-        <v>1315</v>
+        <v>1299</v>
       </c>
       <c r="B230" t="s">
         <v>410</v>
       </c>
       <c r="C230" t="s">
-        <v>411</v>
+        <v>47</v>
       </c>
       <c r="D230" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="E230">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F230">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
       <c r="H230" t="s">
-        <v>27</v>
+        <v>248</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231">
-        <v>951</v>
+        <v>903</v>
       </c>
       <c r="B231" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="C231" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="D231" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E231">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F231">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G231">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H231" t="s">
-        <v>234</v>
+        <v>103</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232">
-        <v>1357</v>
+        <v>1315</v>
       </c>
       <c r="B232" t="s">
+        <v>412</v>
+      </c>
+      <c r="C232" t="s">
         <v>413</v>
       </c>
-      <c r="C232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D232" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E232">
         <v>1</v>
       </c>
       <c r="F232">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
       <c r="H232" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="I232" t="s">
         <v>22</v>
       </c>
       <c r="J232" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233">
-        <v>1114</v>
+        <v>951</v>
       </c>
       <c r="B233" t="s">
         <v>414</v>
       </c>
       <c r="C233" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D233" t="s">
         <v>20</v>
       </c>
       <c r="E233">
         <v>2</v>
       </c>
       <c r="F233">
         <v>2</v>
       </c>
       <c r="G233">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H233" t="s">
-        <v>415</v>
+        <v>236</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234">
-        <v>1373</v>
+        <v>1357</v>
       </c>
       <c r="B234" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C234" t="s">
-        <v>417</v>
+        <v>19</v>
       </c>
       <c r="D234" t="s">
         <v>20</v>
       </c>
       <c r="E234">
         <v>1</v>
       </c>
       <c r="F234">
         <v>2</v>
       </c>
       <c r="G234">
         <v>0</v>
       </c>
       <c r="H234" t="s">
-        <v>290</v>
+        <v>130</v>
       </c>
       <c r="I234" t="s">
         <v>22</v>
       </c>
       <c r="J234" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235">
-        <v>1227</v>
+        <v>1114</v>
       </c>
       <c r="B235" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C235" t="s">
-        <v>419</v>
+        <v>19</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F235">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G235">
         <v>0</v>
       </c>
       <c r="H235" t="s">
-        <v>99</v>
+        <v>417</v>
       </c>
       <c r="I235" t="s">
         <v>22</v>
       </c>
       <c r="J235" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236">
-        <v>1386</v>
+        <v>1373</v>
       </c>
       <c r="B236" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C236" t="s">
-        <v>48</v>
+        <v>419</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236">
+        <v>1</v>
+      </c>
+      <c r="F236">
         <v>2</v>
       </c>
-      <c r="F236">
-[...1 lines deleted...]
-      </c>
       <c r="G236">
         <v>0</v>
       </c>
       <c r="H236" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237">
-        <v>1251</v>
+        <v>1227</v>
       </c>
       <c r="B237" t="s">
+        <v>420</v>
+      </c>
+      <c r="C237" t="s">
         <v>421</v>
       </c>
-      <c r="C237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D237" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="E237">
         <v>1</v>
       </c>
       <c r="F237">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G237">
         <v>0</v>
       </c>
       <c r="H237" t="s">
-        <v>242</v>
+        <v>103</v>
       </c>
       <c r="I237" t="s">
         <v>22</v>
       </c>
       <c r="J237" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238">
-        <v>1402</v>
+        <v>1386</v>
       </c>
       <c r="B238" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C238" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238">
         <v>2</v>
       </c>
       <c r="F238">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G238">
         <v>0</v>
       </c>
       <c r="H238" t="s">
-        <v>424</v>
+        <v>293</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239">
-        <v>404</v>
+        <v>1251</v>
       </c>
       <c r="B239" t="s">
-        <v>399</v>
+        <v>423</v>
       </c>
       <c r="C239" t="s">
-        <v>19</v>
+        <v>424</v>
       </c>
       <c r="D239" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="E239">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F239">
         <v>1</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
       <c r="H239" t="s">
-        <v>363</v>
+        <v>244</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240">
-        <v>1266</v>
+        <v>1402</v>
       </c>
       <c r="B240" t="s">
         <v>425</v>
       </c>
       <c r="C240" t="s">
-        <v>292</v>
+        <v>53</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F240">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G240">
         <v>0</v>
       </c>
       <c r="H240" t="s">
-        <v>155</v>
+        <v>426</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241">
-        <v>1419</v>
+        <v>404</v>
       </c>
       <c r="B241" t="s">
-        <v>426</v>
+        <v>403</v>
       </c>
       <c r="C241" t="s">
-        <v>427</v>
+        <v>30</v>
       </c>
       <c r="D241" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="E241">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F241">
         <v>1</v>
       </c>
       <c r="G241">
         <v>0</v>
       </c>
       <c r="H241" t="s">
-        <v>158</v>
+        <v>364</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242">
-        <v>512</v>
+        <v>1266</v>
       </c>
       <c r="B242" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="C242" t="s">
-        <v>48</v>
+        <v>288</v>
       </c>
       <c r="D242" t="s">
         <v>20</v>
       </c>
       <c r="E242">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F242">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G242">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H242" t="s">
-        <v>234</v>
+        <v>160</v>
       </c>
       <c r="I242" t="s">
         <v>22</v>
       </c>
       <c r="J242" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243">
-        <v>1283</v>
+        <v>1419</v>
       </c>
       <c r="B243" t="s">
+        <v>428</v>
+      </c>
+      <c r="C243" t="s">
         <v>429</v>
       </c>
-      <c r="C243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D243" t="s">
-        <v>83</v>
+        <v>183</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G243">
         <v>0</v>
       </c>
       <c r="H243" t="s">
-        <v>430</v>
+        <v>163</v>
       </c>
       <c r="I243" t="s">
         <v>22</v>
       </c>
       <c r="J243" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244">
-        <v>868</v>
+        <v>512</v>
       </c>
       <c r="B244" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C244" t="s">
-        <v>238</v>
+        <v>19</v>
       </c>
       <c r="D244" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E244">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F244">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G244">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H244" t="s">
-        <v>76</v>
+        <v>236</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245">
-        <v>1299</v>
+        <v>1283</v>
       </c>
       <c r="B245" t="s">
+        <v>431</v>
+      </c>
+      <c r="C245" t="s">
+        <v>327</v>
+      </c>
+      <c r="D245" t="s">
+        <v>75</v>
+      </c>
+      <c r="E245">
+        <v>1</v>
+      </c>
+      <c r="F245">
+        <v>0</v>
+      </c>
+      <c r="G245">
+        <v>0</v>
+      </c>
+      <c r="H245" t="s">
         <v>432</v>
-      </c>
-[...16 lines deleted...]
-        <v>246</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246">
-        <v>903</v>
+        <v>868</v>
       </c>
       <c r="B246" t="s">
         <v>433</v>
       </c>
       <c r="C246" t="s">
-        <v>39</v>
+        <v>240</v>
       </c>
       <c r="D246" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="E246">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F246">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G246">
         <v>0</v>
       </c>
       <c r="H246" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247">
-        <v>905</v>
+        <v>870</v>
       </c>
       <c r="B247" t="s">
         <v>434</v>
       </c>
       <c r="C247" t="s">
-        <v>132</v>
+        <v>30</v>
       </c>
       <c r="D247" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="E247">
         <v>1</v>
       </c>
       <c r="F247">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G247">
         <v>0</v>
       </c>
       <c r="H247" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248">
-        <v>1316</v>
+        <v>1300</v>
       </c>
       <c r="B248" t="s">
         <v>435</v>
       </c>
       <c r="C248" t="s">
-        <v>45</v>
+        <v>436</v>
       </c>
       <c r="D248" t="s">
         <v>20</v>
       </c>
       <c r="E248">
         <v>1</v>
       </c>
       <c r="F248">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G248">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H248" t="s">
-        <v>340</v>
+        <v>36</v>
       </c>
       <c r="I248" t="s">
         <v>22</v>
       </c>
       <c r="J248" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249">
-        <v>952</v>
+        <v>905</v>
       </c>
       <c r="B249" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C249" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="D249" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="E249">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F249">
         <v>0</v>
       </c>
       <c r="G249">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H249" t="s">
-        <v>234</v>
+        <v>158</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250">
-        <v>1358</v>
+        <v>1316</v>
       </c>
       <c r="B250" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C250" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D250" t="s">
         <v>20</v>
       </c>
       <c r="E250">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F250">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G250">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H250" t="s">
-        <v>21</v>
+        <v>345</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251">
-        <v>1126</v>
+        <v>952</v>
       </c>
       <c r="B251" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C251" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D251" t="s">
         <v>20</v>
       </c>
       <c r="E251">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F251">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G251">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H251" t="s">
-        <v>43</v>
+        <v>236</v>
       </c>
       <c r="I251" t="s">
         <v>22</v>
       </c>
       <c r="J251" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252">
-        <v>1374</v>
+        <v>1358</v>
       </c>
       <c r="B252" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C252" t="s">
-        <v>292</v>
+        <v>19</v>
       </c>
       <c r="D252" t="s">
         <v>20</v>
       </c>
       <c r="E252">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F252">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G252">
         <v>0</v>
       </c>
       <c r="H252" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253">
-        <v>1228</v>
+        <v>1126</v>
       </c>
       <c r="B253" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C253" t="s">
-        <v>441</v>
+        <v>19</v>
       </c>
       <c r="D253" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E253">
         <v>1</v>
       </c>
       <c r="F253">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G253">
         <v>0</v>
       </c>
       <c r="H253" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="I253" t="s">
         <v>22</v>
       </c>
       <c r="J253" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254">
-        <v>1387</v>
+        <v>1374</v>
       </c>
       <c r="B254" t="s">
         <v>442</v>
       </c>
       <c r="C254" t="s">
-        <v>443</v>
+        <v>288</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254">
         <v>1</v>
       </c>
       <c r="F254">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G254">
         <v>0</v>
       </c>
       <c r="H254" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255">
-        <v>1252</v>
+        <v>1228</v>
       </c>
       <c r="B255" t="s">
+        <v>443</v>
+      </c>
+      <c r="C255" t="s">
         <v>444</v>
       </c>
-      <c r="C255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D255" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E255">
         <v>1</v>
       </c>
       <c r="F255">
         <v>0</v>
       </c>
       <c r="G255">
         <v>0</v>
       </c>
       <c r="H255" t="s">
-        <v>270</v>
+        <v>103</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256">
-        <v>1403</v>
+        <v>1387</v>
       </c>
       <c r="B256" t="s">
         <v>445</v>
       </c>
       <c r="C256" t="s">
         <v>446</v>
       </c>
       <c r="D256" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="E256">
         <v>1</v>
       </c>
       <c r="F256">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G256">
         <v>0</v>
       </c>
       <c r="H256" t="s">
-        <v>447</v>
+        <v>54</v>
       </c>
       <c r="I256" t="s">
         <v>22</v>
       </c>
       <c r="J256" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257">
-        <v>410</v>
+        <v>1252</v>
       </c>
       <c r="B257" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="C257" t="s">
-        <v>449</v>
+        <v>19</v>
       </c>
       <c r="D257" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="F257">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G257">
         <v>0</v>
       </c>
       <c r="H257" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="I257" t="s">
         <v>22</v>
       </c>
       <c r="J257" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258">
-        <v>1267</v>
+        <v>1403</v>
       </c>
       <c r="B258" t="s">
+        <v>448</v>
+      </c>
+      <c r="C258" t="s">
+        <v>449</v>
+      </c>
+      <c r="D258" t="s">
+        <v>75</v>
+      </c>
+      <c r="E258">
+        <v>1</v>
+      </c>
+      <c r="F258">
+        <v>0</v>
+      </c>
+      <c r="G258">
+        <v>0</v>
+      </c>
+      <c r="H258" t="s">
         <v>450</v>
       </c>
-      <c r="C258" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259">
-        <v>1420</v>
+        <v>410</v>
       </c>
       <c r="B259" t="s">
         <v>451</v>
       </c>
       <c r="C259" t="s">
-        <v>338</v>
+        <v>452</v>
       </c>
       <c r="D259" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E259">
         <v>1</v>
       </c>
       <c r="F259">
         <v>1</v>
       </c>
       <c r="G259">
         <v>0</v>
       </c>
       <c r="H259" t="s">
-        <v>452</v>
+        <v>112</v>
       </c>
       <c r="I259" t="s">
         <v>22</v>
       </c>
       <c r="J259" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260">
-        <v>574</v>
+        <v>1267</v>
       </c>
       <c r="B260" t="s">
         <v>453</v>
       </c>
       <c r="C260" t="s">
-        <v>45</v>
+        <v>19</v>
+      </c>
+      <c r="D260" t="s">
+        <v>20</v>
       </c>
       <c r="E260">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F260">
         <v>1</v>
       </c>
       <c r="G260">
         <v>0</v>
       </c>
       <c r="H260" t="s">
-        <v>68</v>
+        <v>160</v>
       </c>
       <c r="I260" t="s">
         <v>22</v>
       </c>
       <c r="J260" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261">
-        <v>1284</v>
+        <v>1420</v>
       </c>
       <c r="B261" t="s">
         <v>454</v>
       </c>
       <c r="C261" t="s">
+        <v>343</v>
+      </c>
+      <c r="D261" t="s">
+        <v>91</v>
+      </c>
+      <c r="E261">
+        <v>1</v>
+      </c>
+      <c r="F261">
+        <v>1</v>
+      </c>
+      <c r="G261">
+        <v>0</v>
+      </c>
+      <c r="H261" t="s">
         <v>455</v>
       </c>
-      <c r="D261" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262">
-        <v>870</v>
+        <v>574</v>
       </c>
       <c r="B262" t="s">
         <v>456</v>
       </c>
       <c r="C262" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="E262">
         <v>1</v>
       </c>
       <c r="F262">
         <v>1</v>
       </c>
       <c r="G262">
         <v>0</v>
       </c>
       <c r="H262" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="I262" t="s">
         <v>22</v>
       </c>
       <c r="J262" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263">
-        <v>1300</v>
+        <v>1284</v>
       </c>
       <c r="B263" t="s">
         <v>457</v>
       </c>
       <c r="C263" t="s">
         <v>458</v>
       </c>
       <c r="D263" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E263">
         <v>1</v>
       </c>
       <c r="F263">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G263">
         <v>0</v>
       </c>
       <c r="H263" t="s">
-        <v>27</v>
+        <v>432</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264">
-        <v>1301</v>
+        <v>1285</v>
       </c>
       <c r="B264" t="s">
         <v>459</v>
       </c>
       <c r="C264" t="s">
-        <v>460</v>
+        <v>47</v>
       </c>
       <c r="D264" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="E264">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F264">
         <v>0</v>
       </c>
       <c r="G264">
         <v>0</v>
       </c>
       <c r="H264" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265">
-        <v>907</v>
+        <v>871</v>
       </c>
       <c r="B265" t="s">
+        <v>460</v>
+      </c>
+      <c r="C265" t="s">
         <v>461</v>
       </c>
-      <c r="C265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D265" t="s">
         <v>20</v>
       </c>
       <c r="E265">
         <v>1</v>
       </c>
       <c r="F265">
         <v>0</v>
       </c>
       <c r="G265">
         <v>0</v>
       </c>
       <c r="H265" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="I265" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266">
-        <v>1322</v>
+        <v>1301</v>
       </c>
       <c r="B266" t="s">
         <v>462</v>
       </c>
       <c r="C266" t="s">
-        <v>45</v>
+        <v>463</v>
       </c>
       <c r="D266" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="E266">
         <v>1</v>
       </c>
       <c r="F266">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G266">
         <v>0</v>
       </c>
       <c r="H266" t="s">
-        <v>463</v>
+        <v>84</v>
       </c>
       <c r="I266" t="s">
         <v>22</v>
       </c>
       <c r="J266" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267">
-        <v>964</v>
+        <v>907</v>
       </c>
       <c r="B267" t="s">
         <v>464</v>
       </c>
       <c r="C267" t="s">
-        <v>465</v>
+        <v>30</v>
       </c>
       <c r="D267" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E267">
         <v>1</v>
       </c>
       <c r="F267">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G267">
         <v>0</v>
       </c>
       <c r="H267" t="s">
-        <v>466</v>
+        <v>39</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268">
-        <v>1359</v>
+        <v>1322</v>
       </c>
       <c r="B268" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C268" t="s">
-        <v>468</v>
+        <v>53</v>
       </c>
       <c r="D268" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="F268">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G268">
         <v>0</v>
       </c>
       <c r="H268" t="s">
-        <v>21</v>
+        <v>466</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269">
-        <v>1128</v>
+        <v>964</v>
       </c>
       <c r="B269" t="s">
+        <v>467</v>
+      </c>
+      <c r="C269" t="s">
+        <v>468</v>
+      </c>
+      <c r="D269" t="s">
+        <v>91</v>
+      </c>
+      <c r="E269">
+        <v>1</v>
+      </c>
+      <c r="F269">
+        <v>1</v>
+      </c>
+      <c r="G269">
+        <v>0</v>
+      </c>
+      <c r="H269" t="s">
         <v>469</v>
       </c>
-      <c r="C269" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270">
-        <v>1374</v>
+        <v>1359</v>
       </c>
       <c r="B270" t="s">
-        <v>439</v>
+        <v>470</v>
       </c>
       <c r="C270" t="s">
-        <v>292</v>
+        <v>471</v>
       </c>
       <c r="D270" t="s">
-        <v>20</v>
+        <v>183</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="F270">
         <v>0</v>
       </c>
       <c r="G270">
         <v>0</v>
       </c>
       <c r="H270" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I270" t="s">
         <v>22</v>
       </c>
       <c r="J270" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271">
-        <v>1229</v>
+        <v>1128</v>
       </c>
       <c r="B271" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C271" t="s">
+        <v>473</v>
+      </c>
+      <c r="D271" t="s">
+        <v>94</v>
+      </c>
+      <c r="E271">
+        <v>1</v>
+      </c>
+      <c r="F271">
+        <v>0</v>
+      </c>
+      <c r="G271">
+        <v>0</v>
+      </c>
+      <c r="H271" t="s">
+        <v>51</v>
+      </c>
+      <c r="I271" t="s">
+        <v>22</v>
+      </c>
+      <c r="J271" t="s">
         <v>45</v>
-      </c>
-[...19 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272">
-        <v>1388</v>
+        <v>1374</v>
       </c>
       <c r="B272" t="s">
-        <v>472</v>
+        <v>442</v>
       </c>
       <c r="C272" t="s">
-        <v>48</v>
+        <v>288</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272">
         <v>1</v>
       </c>
       <c r="F272">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G272">
         <v>0</v>
       </c>
       <c r="H272" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I272" t="s">
         <v>22</v>
       </c>
       <c r="J272" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273">
-        <v>1253</v>
+        <v>1229</v>
       </c>
       <c r="B273" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C273" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F273">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G273">
         <v>0</v>
       </c>
       <c r="H273" t="s">
-        <v>270</v>
+        <v>103</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274">
-        <v>1404</v>
+        <v>1388</v>
       </c>
       <c r="B274" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C274" t="s">
-        <v>475</v>
+        <v>19</v>
       </c>
       <c r="D274" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E274">
         <v>1</v>
       </c>
       <c r="F274">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G274">
         <v>0</v>
       </c>
       <c r="H274" t="s">
-        <v>463</v>
+        <v>58</v>
       </c>
       <c r="I274" t="s">
         <v>22</v>
       </c>
       <c r="J274" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275">
-        <v>413</v>
+        <v>1253</v>
       </c>
       <c r="B275" t="s">
         <v>476</v>
       </c>
       <c r="C275" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D275" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="E275">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F275">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G275">
         <v>0</v>
       </c>
       <c r="H275" t="s">
-        <v>477</v>
+        <v>273</v>
       </c>
       <c r="I275" t="s">
         <v>22</v>
       </c>
       <c r="J275" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276">
-        <v>1268</v>
+        <v>1404</v>
       </c>
       <c r="B276" t="s">
+        <v>477</v>
+      </c>
+      <c r="C276" t="s">
         <v>478</v>
       </c>
-      <c r="C276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D276" t="s">
-        <v>205</v>
+        <v>91</v>
       </c>
       <c r="E276">
         <v>1</v>
       </c>
       <c r="F276">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G276">
         <v>0</v>
       </c>
       <c r="H276" t="s">
-        <v>63</v>
+        <v>466</v>
       </c>
       <c r="I276" t="s">
         <v>22</v>
       </c>
       <c r="J276" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277">
-        <v>1421</v>
+        <v>413</v>
       </c>
       <c r="B277" t="s">
         <v>479</v>
       </c>
       <c r="C277" t="s">
+        <v>38</v>
+      </c>
+      <c r="D277" t="s">
+        <v>91</v>
+      </c>
+      <c r="E277">
+        <v>1</v>
+      </c>
+      <c r="F277">
+        <v>2</v>
+      </c>
+      <c r="G277">
+        <v>0</v>
+      </c>
+      <c r="H277" t="s">
         <v>480</v>
-      </c>
-[...13 lines deleted...]
-        <v>481</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278">
-        <v>577</v>
+        <v>1268</v>
       </c>
       <c r="B278" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="C278" t="s">
-        <v>19</v>
+        <v>270</v>
       </c>
       <c r="D278" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
       <c r="E278">
+        <v>1</v>
+      </c>
+      <c r="F278">
         <v>2</v>
       </c>
-      <c r="F278">
-[...1 lines deleted...]
-      </c>
       <c r="G278">
         <v>0</v>
       </c>
       <c r="H278" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279">
-        <v>1285</v>
+        <v>1421</v>
       </c>
       <c r="B279" t="s">
+        <v>482</v>
+      </c>
+      <c r="C279" t="s">
         <v>483</v>
       </c>
-      <c r="C279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D279" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E279">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F279">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G279">
         <v>0</v>
       </c>
       <c r="H279" t="s">
-        <v>72</v>
+        <v>484</v>
       </c>
       <c r="I279" t="s">
         <v>22</v>
       </c>
       <c r="J279" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280">
-        <v>871</v>
+        <v>577</v>
       </c>
       <c r="B280" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C280" t="s">
-        <v>485</v>
+        <v>30</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F280">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G280">
         <v>0</v>
       </c>
       <c r="H280" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="I280" t="s">
         <v>22</v>
       </c>
       <c r="J280" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281">
         <v>1019</v>
       </c>
       <c r="B281" t="s">
         <v>486</v>
       </c>
       <c r="C281" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D281" t="s">
         <v>20</v>
       </c>
       <c r="E281">
         <v>2</v>
       </c>
       <c r="F281">
         <v>1</v>
       </c>
       <c r="G281">
         <v>0</v>
       </c>
       <c r="H281" t="s">
         <v>487</v>
       </c>
       <c r="I281" t="s">
         <v>488</v>
       </c>
       <c r="J281" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282">
         <v>1021</v>
       </c>
       <c r="B282" t="s">
         <v>490</v>
       </c>
       <c r="C282" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D282" t="s">
         <v>20</v>
       </c>
       <c r="E282">
         <v>1</v>
       </c>
       <c r="F282">
         <v>0</v>
       </c>
       <c r="G282">
         <v>0</v>
       </c>
       <c r="H282" t="s">
         <v>491</v>
       </c>
       <c r="I282" t="s">
         <v>488</v>
       </c>
       <c r="J282" t="s">
         <v>489</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>