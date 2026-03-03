--- v1 (2025-12-02)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Estudios personas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="492">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="512">
   <si>
     <t>Metadatos</t>
   </si>
   <si>
     <t>Email contacto datos abiertos:</t>
   </si>
   <si>
     <t>info@ciudadaniaydesarrollo.org</t>
   </si>
   <si>
     <t>Autor datos abiertos:</t>
   </si>
   <si>
     <t>Fundación Ciudadanía y Desarrollo</t>
   </si>
   <si>
     <t>Licencia datos abiertos:</t>
   </si>
   <si>
     <t>Creative Commons Attribution Share-Alike 4.0 (CC-BY-SA-4.0)</t>
   </si>
   <si>
     <t>Datos</t>
   </si>
   <si>
@@ -68,1452 +68,1512 @@
   <si>
     <t xml:space="preserve">Profesión </t>
   </si>
   <si>
     <t xml:space="preserve">Area estudio </t>
   </si>
   <si>
     <t xml:space="preserve">Numero de títulos pregrado </t>
   </si>
   <si>
     <t xml:space="preserve">Numero de títulos posgrado </t>
   </si>
   <si>
     <t xml:space="preserve">Numero de títulos phd </t>
   </si>
   <si>
     <t xml:space="preserve">Cargo </t>
   </si>
   <si>
     <t xml:space="preserve">Categoría </t>
   </si>
   <si>
     <t xml:space="preserve">Función </t>
   </si>
   <si>
+    <t>César Marcel Córdova Valverde</t>
+  </si>
+  <si>
+    <t>Abogado (a)</t>
+  </si>
+  <si>
+    <t>Educación comercial y derecho</t>
+  </si>
+  <si>
+    <t>Defensor del Pueblo</t>
+  </si>
+  <si>
+    <t>Función Estado</t>
+  </si>
+  <si>
+    <t>Transparencia y Control Social</t>
+  </si>
+  <si>
+    <t>Francesco Adeodato Tabacchi Rendón</t>
+  </si>
+  <si>
+    <t>No registra títulos</t>
+  </si>
+  <si>
+    <t>Otros</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Presidente de la República</t>
+  </si>
+  <si>
+    <t>Ejecutiva</t>
+  </si>
+  <si>
+    <t>Betsy Yadira Saltos Rivas</t>
+  </si>
+  <si>
+    <t>Licenciada en Contabilidad y Auditoría</t>
+  </si>
+  <si>
+    <t>Consejero (a) del Consejo de Participación Ciudadana y Control Social</t>
+  </si>
+  <si>
+    <t>Stephanie Cristina Carrera Ocampo</t>
+  </si>
+  <si>
+    <t>Abogada</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Vicepresidente de la República</t>
+  </si>
+  <si>
+    <t>Leonardo Renato Berrezueta Carrión</t>
+  </si>
+  <si>
+    <t>Abogado</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Azuay</t>
+  </si>
+  <si>
+    <t>Legislativa</t>
+  </si>
+  <si>
+    <t>Manuel Hernán Torres Torres</t>
+  </si>
+  <si>
+    <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>Cristhian Antonio Vega Quezada</t>
+  </si>
+  <si>
+    <t>Economista con mención gestión empresarial</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de El Oro</t>
+  </si>
+  <si>
+    <t>José David Jiménez Vásquez</t>
+  </si>
+  <si>
+    <t>Ministro del Deporte</t>
+  </si>
+  <si>
+    <t>Danilo Ivanob Sylva Pazmiño</t>
+  </si>
+  <si>
+    <t>Superintendente de Control del Poder de Mercado</t>
+  </si>
+  <si>
+    <t>Rafael Antonio Dávila Egüez</t>
+  </si>
+  <si>
+    <t>Ingeniero Químico</t>
+  </si>
+  <si>
+    <t>Ciencias</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Loja</t>
+  </si>
+  <si>
+    <t>Luis Antonio Cueva Ordoñez</t>
+  </si>
+  <si>
     <t>Wilson Guillermo Ortega Caicedo</t>
   </si>
   <si>
-    <t>Abogado</t>
-[...4 lines deleted...]
-  <si>
     <t>Juez (a) del Tribunal Contencioso Electoral</t>
   </si>
   <si>
-    <t>Función Estado</t>
-[...1 lines deleted...]
-  <si>
     <t>Electoral</t>
   </si>
   <si>
     <t>Hernán Patricio Zapata Rojas</t>
   </si>
   <si>
     <t>Ingeniero en Ciencias e Informática</t>
   </si>
   <si>
-    <t>Ciencias</t>
-[...1 lines deleted...]
-  <si>
     <t>Asambleísta por la provincia de Pichincha</t>
   </si>
   <si>
-    <t>Legislativa</t>
-[...1 lines deleted...]
-  <si>
     <t>Luisa Magdalena González Alcívar</t>
   </si>
   <si>
-    <t>Abogado (a)</t>
-[...7 lines deleted...]
-  <si>
     <t>Amy Yajanua Gende Cordova</t>
   </si>
   <si>
     <t>Licenciada en Relaciones Internacionales</t>
   </si>
   <si>
     <t>Ciencias sociales</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Santo Domingo de los Tsáchilas</t>
   </si>
   <si>
     <t>Alexandra Manuela Arce Plúas</t>
   </si>
   <si>
     <t>Ingeniero (a) Comercial</t>
   </si>
   <si>
     <t>Asambleísta por la provincia de Guayas</t>
   </si>
   <si>
     <t>Zaida Elizabeth Rovira Jurado</t>
   </si>
   <si>
     <t>Licenciada en Ciencias Sociales y Políticas</t>
   </si>
   <si>
     <t>Ministro(a) de Inclusión Económica y Social</t>
   </si>
   <si>
-    <t>César Marcel Córdova Valverde</t>
-[...38 lines deleted...]
-    <t>Asambleísta por la provincia de Azuay</t>
+    <t>Sandra Sofía Sánchez Urgiles</t>
+  </si>
+  <si>
+    <t>Juan Carlos Vega Malo</t>
+  </si>
+  <si>
+    <t>Bachelor of Science in Agricultural, Food and Life Sciences</t>
+  </si>
+  <si>
+    <t>Agricultura</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Economía y Finanzas</t>
+  </si>
+  <si>
+    <t>Henry Fabián Kronfle Kozhaya</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) Mecánico</t>
+  </si>
+  <si>
+    <t>Ingeniería, industria y construcción</t>
+  </si>
+  <si>
+    <t>Jorge Elías Escala Zambrano</t>
+  </si>
+  <si>
+    <t>Licenciado en Pedagogía Alternativa</t>
+  </si>
+  <si>
+    <t>Educación</t>
+  </si>
+  <si>
+    <t>Nicole Stephanie Bonifaz López</t>
+  </si>
+  <si>
+    <t>Bachelor of Business Administration</t>
+  </si>
+  <si>
+    <t>Henry Saúl Bósquez Villena</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Bolívar</t>
+  </si>
+  <si>
+    <t>Christian Sebastian Reyes Mora</t>
+  </si>
+  <si>
+    <t>Politólogo</t>
+  </si>
+  <si>
+    <t>Lucio Edwin Gutiérrez Borbúa</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) Civil</t>
+  </si>
+  <si>
+    <t>Asambleísta Nacional</t>
+  </si>
+  <si>
+    <t>Carlos Edilberto Vera Mora</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Manabí</t>
+  </si>
+  <si>
+    <t>Romina Alejandra Muñoz Procel</t>
+  </si>
+  <si>
+    <t>Licenciada en Artes Visuales</t>
+  </si>
+  <si>
+    <t>Humanidades y artes</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Cultura y Patrimonio</t>
+  </si>
+  <si>
+    <t>Eduardo Erwin Mendoza Palma</t>
+  </si>
+  <si>
+    <t>Médico Veterinario y Zootecnista</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Los Ríos</t>
+  </si>
+  <si>
+    <t>María Augusta Muñoz Sánchez</t>
+  </si>
+  <si>
+    <t>Joaquín Vicente Viteri Llanga</t>
+  </si>
+  <si>
+    <t>Audy Marcelo Achi Sibri</t>
+  </si>
+  <si>
+    <t>María Gabriela Molina Menéndez</t>
+  </si>
+  <si>
+    <t>Patricio Benjamín Cisneros Granizo</t>
+  </si>
+  <si>
+    <t>Ingeniero Comercial</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Santa Elena</t>
+  </si>
+  <si>
+    <t>Ana María Raffo Guevara</t>
+  </si>
+  <si>
+    <t>Licenciada en Diseño y Producción Audiovisual</t>
+  </si>
+  <si>
+    <t>César Antonio Martín Moreno</t>
+  </si>
+  <si>
+    <t>Ingeniero en Electricidad Especialización Electrónica</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Telecomunicaciones y de la Sociedad de la Información</t>
+  </si>
+  <si>
+    <t>Marco Giovanni López Narváez</t>
+  </si>
+  <si>
+    <t>Superintendente de Compañías, Valores y Seguros</t>
+  </si>
+  <si>
+    <t>Víctor Manuel Araus Macías</t>
+  </si>
+  <si>
+    <t>Johanna Ivonne Verdezoto del Salto</t>
+  </si>
+  <si>
+    <t>Galo Guillermo Moncayo Navarrete</t>
+  </si>
+  <si>
+    <t>Licenciado en Administración de Empresas</t>
+  </si>
+  <si>
+    <t>Mariana Yumbay Yallico</t>
+  </si>
+  <si>
+    <t>María Belén Cadena Ramírez</t>
+  </si>
+  <si>
+    <t>Esther Adelina Cuesta Santana</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Artes</t>
+  </si>
+  <si>
+    <t>Asambleísta por Europa, Asia y Oceanía</t>
+  </si>
+  <si>
+    <t>Daniel Roy-Gilchrist Noboa Azín</t>
+  </si>
+  <si>
+    <t>Licenciado en Administración y Conducta Organizacional</t>
+  </si>
+  <si>
+    <t>Presidente(a) de la República de Ecuador</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Kury Pesantes</t>
+  </si>
+  <si>
+    <t>Bachelor of Science Management</t>
+  </si>
+  <si>
+    <t>Esthela Liliana Acero Lanchimba</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) Industrial</t>
+  </si>
+  <si>
+    <t>Consejero (a) Electoral</t>
+  </si>
+  <si>
+    <t>Jorge Andrés Peñafiel Cedeño</t>
+  </si>
+  <si>
+    <t>David Eduardo Flores Brandt</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Ejecutiva para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Fernando Gonzalo Muñoz Benítez</t>
+  </si>
+  <si>
+    <t>Patricio Alberto Chávez Zavala</t>
+  </si>
+  <si>
+    <t>Ingeniero Mecánico</t>
+  </si>
+  <si>
+    <t>Comps Pascacio Córdova Díaz</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Comunicación</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Sucumbíos</t>
+  </si>
+  <si>
+    <t>Otto Santiago Vera Palacios</t>
+  </si>
+  <si>
+    <t>Ingeniero en Estadístia Informática</t>
+  </si>
+  <si>
+    <t>Rebeca Viviana Veloz Ramírez</t>
+  </si>
+  <si>
+    <t>Johnny Alfredo Lavayen Tamayo</t>
+  </si>
+  <si>
+    <t>Asambleísta por los Estados Unidos y Canadá</t>
+  </si>
+  <si>
+    <t>Pamela Alejandra Aguirre Zambonino</t>
+  </si>
+  <si>
+    <t>Asambleísta por la Provincia de Imbabura</t>
+  </si>
+  <si>
+    <t>Marco Aníbal Guatemal Anrango</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias de la Educación Básica</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Gestión, Desarrollo de Pueblos y Nacionalidades</t>
+  </si>
+  <si>
+    <t>Luis Felipe Tillería Limongi</t>
+  </si>
+  <si>
+    <t>Bachelor of Science in Management</t>
+  </si>
+  <si>
+    <t>Juan Esteban Guarderas Cisneros</t>
+  </si>
+  <si>
+    <t>Licenciado en Derecho</t>
+  </si>
+  <si>
+    <t>Juan Carlos Camacho Dávila</t>
+  </si>
+  <si>
+    <t>David Marcelo Rojas Cajas</t>
+  </si>
+  <si>
+    <t>Eduardo Mauricio Zambrano Valle</t>
+  </si>
+  <si>
+    <t>Asambleísta por América Latina, El Caribe y África</t>
+  </si>
+  <si>
+    <t>Juan Bernardo Sánchez Jara</t>
+  </si>
+  <si>
+    <t>Médico</t>
+  </si>
+  <si>
+    <t>Salud y servicios sociales</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Salud</t>
+  </si>
+  <si>
+    <t>Xavier Mauricio Torres Maldonado</t>
+  </si>
+  <si>
+    <t>Contralor General del Estado</t>
+  </si>
+  <si>
+    <t>María Teresa del Carmen Pasquel Andrade</t>
+  </si>
+  <si>
+    <t>Doctora en Psicología Industrial</t>
+  </si>
+  <si>
+    <t>Silvana Mariuxi Ramírez Verdezoto</t>
+  </si>
+  <si>
+    <t>Licenciada en Contabilidad</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Legislativa para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Jimmy Jairala Vallazza</t>
+  </si>
+  <si>
+    <t>Gabriel Humberto Bedón Álvarez</t>
+  </si>
+  <si>
+    <t>Tecnólogo Superior en Administración</t>
+  </si>
+  <si>
+    <t>Nathaly Estefanía Farinango Delgado</t>
+  </si>
+  <si>
+    <t>Presidente de la Asamblea Nacional</t>
+  </si>
+  <si>
+    <t>Jorge Hermel Álvarez Granda</t>
+  </si>
+  <si>
+    <t>Johanna Cecibel Ortiz Villavicencio</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Comunicación Social</t>
+  </si>
+  <si>
+    <t>Arturo David Félix Wong</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Gobierno</t>
+  </si>
+  <si>
+    <t>Juan Iván Cueva Vivanco</t>
+  </si>
+  <si>
+    <t>Ingeniero en Electrónica y Telecomunicaciones</t>
+  </si>
+  <si>
+    <t>Jorge Enrique Acaiturri Villa Varas</t>
+  </si>
+  <si>
+    <t>Bachelor of Science in Marketing</t>
+  </si>
+  <si>
+    <t>María José Pinto González Artigas</t>
+  </si>
+  <si>
+    <t>Paul Fernando Buestán Carabajo</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Cañar</t>
+  </si>
+  <si>
+    <t>José Javier De la Gasca López-Domínguez</t>
+  </si>
+  <si>
+    <t>Marcela Priscila Holguín Naranjo</t>
+  </si>
+  <si>
+    <t>Samuel Elías Célleri Gómez</t>
+  </si>
+  <si>
+    <t>Ingeniero en Administración en Gestión Pública</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Esmeraldas</t>
+  </si>
+  <si>
+    <t>María Luisa Cruz Riofrío</t>
+  </si>
+  <si>
+    <t>Ingeniera en Manejo y Conservación del Medio Ambiente</t>
+  </si>
+  <si>
+    <t>Servicios</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Ambiente, Agua y Transición Ecológica</t>
+  </si>
+  <si>
+    <t>Fernando Enrique Pita García</t>
+  </si>
+  <si>
+    <t>Vicepresidente del Consejo Nacional Electoral</t>
+  </si>
+  <si>
+    <t>Ana Mercedes Galarza Añazco</t>
+  </si>
+  <si>
+    <t>Psicóloga Organizacional</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Tungurahua</t>
+  </si>
+  <si>
+    <t>Santiago Cristóbal Ribadeneira Villacrés</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>José Clemente Agualsaca Guamán</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Gestión para el Desarrollo Local Sostenible</t>
+  </si>
+  <si>
+    <t>Carlos Xavier Rabascall Salazar</t>
+  </si>
+  <si>
+    <t>Alexandra Andrea Castillo Campoverde</t>
+  </si>
+  <si>
+    <t>Ingeniera en Administración de Empresas</t>
+  </si>
+  <si>
+    <t>Blasco Remigio Luna Arévalo</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) Agrónomo</t>
+  </si>
+  <si>
+    <t>Jhon Edison Polanco Lara</t>
+  </si>
+  <si>
+    <t>Janeth Paola Cabezas Castillo</t>
+  </si>
+  <si>
+    <t>Gissela Siomara Garzón Monteros</t>
+  </si>
+  <si>
+    <t>María Alejandra de las Mercedes Rivas Mantilla</t>
+  </si>
+  <si>
+    <t>Henry Eduardo Cucalón Camacho</t>
+  </si>
+  <si>
+    <t>Karla Paulina Rosero Villavicencio</t>
+  </si>
+  <si>
+    <t>Ingeniera en Electrónica y Telecomunicaciones</t>
+  </si>
+  <si>
+    <t>Fabiola Maribel Sanmartín Parra</t>
+  </si>
+  <si>
+    <t>Licenciada en Ciencias de la Información y Comunicación Social</t>
+  </si>
+  <si>
+    <t>María Gabriela Sommerfeld Rosero</t>
+  </si>
+  <si>
+    <t>Licenciada en Finanzas y Marketing</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Relaciones Exteriores y Movilidad Humana</t>
+  </si>
+  <si>
+    <t>Franklin Omar Samaniego Maigua</t>
+  </si>
+  <si>
+    <t>Nicole Anahis Saca Baldeón</t>
+  </si>
+  <si>
+    <t>Licenciada en Comunicación</t>
+  </si>
+  <si>
+    <t>Harold Andrés Burbano Villarreal</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias Jurídicas</t>
+  </si>
+  <si>
+    <t>Mérida Elena Nájera Moreira</t>
+  </si>
+  <si>
+    <t>Carla Magaly Cruz Zambrano</t>
+  </si>
+  <si>
+    <t>Arquitecta</t>
+  </si>
+  <si>
+    <t>Natalia de Jesús Guarnizo Condolo</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Judicial para la Comisión Ciudadana de Selección del Fiscal General del Estado.</t>
+  </si>
+  <si>
+    <t>Lourdes Nataly Morillo Solórzano</t>
+  </si>
+  <si>
+    <t>Licenciada en Comunicación Social</t>
+  </si>
+  <si>
+    <t>Tayron Michael Valarezo Eras</t>
+  </si>
+  <si>
+    <t>Licenciado en Periodismo</t>
+  </si>
+  <si>
+    <t>Delegado de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Pierina Sara Mercedes Correa Delgado</t>
+  </si>
+  <si>
+    <t>Arquitecto (a)</t>
+  </si>
+  <si>
+    <t>Manuel Oswal Bohórquez Tapia</t>
+  </si>
+  <si>
+    <t>José Luis Vallejo Ayala</t>
+  </si>
+  <si>
+    <t>Ingeniero Bursátil</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia del Carchi</t>
+  </si>
+  <si>
+    <t>Lucía Anabelle Posso Naranjo</t>
+  </si>
+  <si>
+    <t>Mariuxi Cleopatra Sánchez Sarango</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) en Empresas Ecoturísticas</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Orellana</t>
+  </si>
+  <si>
+    <t>Mishel Andrea Mancheno Dávila</t>
+  </si>
+  <si>
+    <t>Ingeniera Comercial Mención Gerencia de Negocios</t>
+  </si>
+  <si>
+    <t>Secretario (a) General Jurídico de la Presidencia</t>
+  </si>
+  <si>
+    <t>Blanca Lucrecia Sacancela Quishpe</t>
+  </si>
+  <si>
+    <t>Ingeniera Comercial</t>
+  </si>
+  <si>
+    <t>Verónica Elizabeth Silva Reinoso</t>
+  </si>
+  <si>
+    <t>Socióloga</t>
+  </si>
+  <si>
+    <t>Pacha Lucía Terán Pineda</t>
+  </si>
+  <si>
+    <t>Licenciada en Gestión para el Desarrollo Local Sostenible</t>
+  </si>
+  <si>
+    <t>Carmen Yolanda Tiupul Urquizo</t>
+  </si>
+  <si>
+    <t>Ingeniera de Empresas</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Chimborazo</t>
+  </si>
+  <si>
+    <t>Gian Carlo Loffredo Rendón</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Defensa</t>
+  </si>
+  <si>
+    <t>Jorge Enrique Chamba Cabanilla</t>
+  </si>
+  <si>
+    <t>Mateo Julián Estrella Durán</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Turismo</t>
+  </si>
+  <si>
+    <t>Pablo Enrique Herrería Bonnet</t>
+  </si>
+  <si>
+    <t>Juez(a) de la Corte Constitucional</t>
+  </si>
+  <si>
+    <t>Camilo Aurelio Salinas Ochoa</t>
+  </si>
+  <si>
+    <t>Doctor en Medicina y Cirugía</t>
+  </si>
+  <si>
+    <t>Maribel Rocío Baldeón Andrade</t>
+  </si>
+  <si>
+    <t>Delegada de la Función Electoral para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Gissella Cecibel Molina Álvarez</t>
+  </si>
+  <si>
+    <t>Veterinario (a)</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Cotopaxi</t>
+  </si>
+  <si>
+    <t>José Ramiro Vela Jiménez</t>
+  </si>
+  <si>
+    <t>Licenciado en Comunicación Social</t>
+  </si>
+  <si>
+    <t>Gustavo Enrique Mateus Acosta</t>
+  </si>
+  <si>
+    <t>Jorge Luis Guevara Benavídez</t>
+  </si>
+  <si>
+    <t>Jhajaira Estefanía Urresta Guzmán</t>
+  </si>
+  <si>
+    <t>Pablo José Cevallos Palomeque</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Inversiones Público-Privadas</t>
+  </si>
+  <si>
+    <t>Antonieta Guadalupe Cabezas Enríquez</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Contabilidad y Auditoría</t>
+  </si>
+  <si>
+    <t>Superintendente de Bancos</t>
+  </si>
+  <si>
+    <t>Katiuska Katherine Molina Soledispa</t>
+  </si>
+  <si>
+    <t>Ingeniera en Contabilidad y Auditoría</t>
+  </si>
+  <si>
+    <t>Andrea Belén González Nader</t>
+  </si>
+  <si>
+    <t>Ingeniera en Gestión Tecnológica Mención Medioambiente</t>
+  </si>
+  <si>
+    <t>Darlin Lucía Vallecilla Suárez</t>
+  </si>
+  <si>
+    <t>María Fernanda Araujo Noboa</t>
+  </si>
+  <si>
+    <t>Sariha Belén Moya Angulo</t>
+  </si>
+  <si>
+    <t>Economista</t>
+  </si>
+  <si>
+    <t>Eugenia Sofía Espín Reyes</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) en Electricidad</t>
+  </si>
+  <si>
+    <t>Juan Pablo Molina Saldaña</t>
+  </si>
+  <si>
+    <t>Economista con énfasis Economía Empresarial</t>
+  </si>
+  <si>
+    <t>Stalin Santiago Andino González</t>
+  </si>
+  <si>
+    <t>Ingrid Catalina Salazar Cedeño</t>
+  </si>
+  <si>
+    <t>Cynthia Natalie Gellibert Mora</t>
+  </si>
+  <si>
+    <t>Secretario (a) General de Gabinete de la Presidencia</t>
+  </si>
+  <si>
+    <t>Karla Elizabeth Andrade Quevedo</t>
+  </si>
+  <si>
+    <t>Viviana Jacqueline Zambrano González</t>
+  </si>
+  <si>
+    <t>Tecnóloga en Mercadotencia</t>
+  </si>
+  <si>
+    <t>Carlos Andrés Guerrero Arízaga</t>
+  </si>
+  <si>
+    <t>Delegado de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Eckenner Reader Recalde Álava</t>
+  </si>
+  <si>
+    <t>Andrea Yalu Rivadeneira Calderón</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Zamora Chinchipe</t>
+  </si>
+  <si>
+    <t>Roberto Emilio Cuero Medina</t>
+  </si>
+  <si>
+    <t>Sixto Antonio Parra Tovar</t>
+  </si>
+  <si>
+    <t>Rosa Belén Mayorga Tapia</t>
+  </si>
+  <si>
+    <t>Juan Carlos Rosero Paz</t>
+  </si>
+  <si>
+    <t>Mónica de Jesús Salazar Hidalgo</t>
+  </si>
+  <si>
+    <t>María Luisa Coello Recalde</t>
+  </si>
+  <si>
+    <t>María Verónica Abad Rojas</t>
+  </si>
+  <si>
+    <t>Vicepresidente (a) de la República</t>
+  </si>
+  <si>
+    <t>Annabella Emma Azín Arce</t>
+  </si>
+  <si>
+    <t>Doctora en Medicina y Cirugía</t>
+  </si>
+  <si>
+    <t>Candidato (a) a Asambleísta Nacional</t>
+  </si>
+  <si>
+    <t>Oscar Fabián Peña Toro</t>
+  </si>
+  <si>
+    <t>John Reimberg Oviedo</t>
+  </si>
+  <si>
+    <t>Ministro (a) del Interior</t>
+  </si>
+  <si>
+    <t>Guillermo Alejandro Celi Santos</t>
+  </si>
+  <si>
+    <t>Cristina Eugenia Reyes Hidalgo</t>
+  </si>
+  <si>
+    <t>Luis Ricardo Alvarado Campi</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias de la Comunicación Social</t>
+  </si>
+  <si>
+    <t>Marissa Elena Pendola Solórzano</t>
+  </si>
+  <si>
+    <t>Secretario(a) General de Presidencia</t>
+  </si>
+  <si>
+    <t>Hilda Teresa Nuques Martínez</t>
+  </si>
+  <si>
+    <t>María Mercedes Erbs Estupiñán</t>
+  </si>
+  <si>
+    <t>Pamela Teresa Garay Mateo</t>
+  </si>
+  <si>
+    <t>Delegada de la Función de Transparencia para la Comisión Ciudadana de Selección del Fiscal General del Estado</t>
+  </si>
+  <si>
+    <t>Lenin José Lara Rivadeneira</t>
+  </si>
+  <si>
+    <t>Hector Guillermo Valladarez González</t>
+  </si>
+  <si>
+    <t>Ingeniero Agrónomo</t>
+  </si>
+  <si>
+    <t>Ferdinan Arturo Álvarez Zambrano</t>
+  </si>
+  <si>
+    <t>Jaminton Enrique Intriago Alcívar</t>
+  </si>
+  <si>
+    <t>Raisa Irina Corral Alava</t>
+  </si>
+  <si>
+    <t>Manuel Antonio Naranjo Paz y Miño</t>
+  </si>
+  <si>
+    <t>Fernanda Mabel Méndez Rojas</t>
+  </si>
+  <si>
+    <t>Ingeniera en Sistemas</t>
+  </si>
+  <si>
+    <t>Inés del Rocío Díaz Chirán</t>
+  </si>
+  <si>
+    <t>Karina del Carmen Subía Dávalos</t>
+  </si>
+  <si>
+    <t>Yaku Sacha Pérez Guartambel</t>
+  </si>
+  <si>
+    <t>Steven Leonardo Ordóñez Bravo</t>
+  </si>
+  <si>
+    <t>Ingeniero en Ciencias Empresariales</t>
+  </si>
+  <si>
+    <t>Alegría de Lourdes Crespo Cordovez</t>
+  </si>
+  <si>
+    <t>Licenciada en Comunicación Visual</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Educación</t>
+  </si>
+  <si>
+    <t>Carlos Alberto Rodríguez Riofrío</t>
+  </si>
+  <si>
+    <t>Ingeniero Civil</t>
+  </si>
+  <si>
+    <t>Roberto Xavier Luque Nuques</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Transporte y Obras Públicas</t>
+  </si>
+  <si>
+    <t>Vicente Giovanny Taiano Basante</t>
+  </si>
+  <si>
+    <t>María Fernanda Jiménez Vásquez</t>
+  </si>
+  <si>
+    <t>Tecnóloga en Gestión y Distribución Empresarial</t>
+  </si>
+  <si>
+    <t>César Augusto Vásquez Moncayo</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Educación Superior, Ciencia, Tecnología e Innovación</t>
+  </si>
+  <si>
+    <t>Daniela Salazar Marín</t>
+  </si>
+  <si>
+    <t>Celestino Wisum Saant</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias de la Educación- Pedagogía Intercultural Bilingue</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Morona Santiago</t>
+  </si>
+  <si>
+    <t>Diana Marvella Rosero Mora</t>
+  </si>
+  <si>
+    <t>Patricia Monserrat Mendoza Jiménez</t>
+  </si>
+  <si>
+    <t>Milton Javier Aguas Flores</t>
+  </si>
+  <si>
+    <t>Ingeniero en Sistemas e Informática</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Galápagos</t>
+  </si>
+  <si>
+    <t>Xavier Andrés Jurado Bedrán</t>
+  </si>
+  <si>
+    <t>Ingeniero Agropecuario</t>
+  </si>
+  <si>
+    <t>Mercedes Luzmila Abad Morocho</t>
+  </si>
+  <si>
+    <t>Nelly Zolanda Pluas Arias</t>
+  </si>
+  <si>
+    <t>Licenciado (a) en Ciencias de la Educación</t>
+  </si>
+  <si>
+    <t>Segunda Liliana Trávez Vizcaíno</t>
+  </si>
+  <si>
+    <t>Doctora en Ciencias de la Educación Mención Investigación y Planificación Educativa</t>
+  </si>
+  <si>
+    <t>Gobernador (a) de Tungurahua</t>
+  </si>
+  <si>
+    <t>Jahiren Elizabeth Noriega Donoso</t>
+  </si>
+  <si>
+    <t>Sociólogo (a)</t>
+  </si>
+  <si>
+    <t>Carla Fernanda Larrea Falconí</t>
+  </si>
+  <si>
+    <t>Valentina Centeno Arteaga</t>
+  </si>
+  <si>
+    <t>Ricardo Xavier Vanegas Cortázar</t>
+  </si>
+  <si>
+    <t>Juan Fernando Flores Arroyo</t>
+  </si>
+  <si>
+    <t>Arturo German Moreno Encalada</t>
+  </si>
+  <si>
+    <t>Ingeniero en Administración de Empresas</t>
+  </si>
+  <si>
+    <t>Ivonne Elizabeth Núñez Figueroa</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Trabajo</t>
+  </si>
+  <si>
+    <t>Ricardo Wladimir Morales Vela</t>
+  </si>
+  <si>
+    <t>Defensor Público General</t>
+  </si>
+  <si>
+    <t>Francisco Andrés Cevallos Macías</t>
+  </si>
+  <si>
+    <t>Julia Teodora Angulo Girón</t>
+  </si>
+  <si>
+    <t>Licenciada en Administración de Empresas Turísticas</t>
+  </si>
+  <si>
+    <t>Carmen Faviola Corral Ponce</t>
+  </si>
+  <si>
+    <t>Roberto Carlos Cerda Tapuy</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Napo</t>
+  </si>
+  <si>
+    <t>Sandra Margarita Armijos Mijas</t>
+  </si>
+  <si>
+    <t>Fernando Enrique Cedeño Rivadeneira</t>
+  </si>
+  <si>
+    <t>Guido Gilberto Vargas Ocaña</t>
+  </si>
+  <si>
+    <t>Silvia Patricia Núñez Ramos</t>
+  </si>
+  <si>
+    <t>Ingeniera Civil</t>
+  </si>
+  <si>
+    <t>Cecilia Rosa Baltazar Yucailla</t>
+  </si>
+  <si>
+    <t>Pedro Ramiro Velasco Erazo</t>
+  </si>
+  <si>
+    <t>Christina Ivonne Murillo Navarrete</t>
+  </si>
+  <si>
+    <t>Superintendente de Economía Popular y Solidaria</t>
+  </si>
+  <si>
+    <t>Jonathan Emanuel Parra Villacís</t>
+  </si>
+  <si>
+    <t>Wilson Enrique Gómez Vascones</t>
+  </si>
+  <si>
+    <t>Psicólogo Clínico</t>
+  </si>
+  <si>
+    <t>Segundo Eustaquio Tuala Muntza</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias de la Educación Mención Educación Básica</t>
+  </si>
+  <si>
+    <t>Rosa Margarita Arotingo Cushcagua</t>
+  </si>
+  <si>
+    <t>Jorge Orlando Sánchez Armijos</t>
+  </si>
+  <si>
+    <t>Diego Fernando Matovelle Vera</t>
+  </si>
+  <si>
+    <t>Franklin Danilo Palacios Márquez</t>
+  </si>
+  <si>
+    <t>Agrónomo</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Agricultura y Ganadería</t>
+  </si>
+  <si>
+    <t>Sofía Margarita Hernández Naranjo</t>
+  </si>
+  <si>
+    <t>Marjorie Lorena Rosado Sánchez</t>
+  </si>
+  <si>
+    <t>Jorge Raúl Carrillo Tutivén</t>
+  </si>
+  <si>
+    <t>Secretario (a) de Gestión de Riesgos</t>
+  </si>
+  <si>
+    <t>Sandra Elizabeth Rueda Camacho</t>
+  </si>
+  <si>
+    <t>Diego Fernando Carlosama Collaguazo</t>
+  </si>
+  <si>
+    <t>Ingeniero en Comercio Exterior, Integración y Aduanas</t>
+  </si>
+  <si>
+    <t>Lenin Daniel Barreto Zambrano</t>
+  </si>
+  <si>
+    <t>Amado Humberto Chávez Angamarca</t>
+  </si>
+  <si>
+    <t>Ana Cecilia Herrera Gómez</t>
+  </si>
+  <si>
+    <t>Licenciada en Psicología</t>
+  </si>
+  <si>
+    <t>Jose Lenín Rogel Villacís</t>
+  </si>
+  <si>
+    <t>Licenciado en Educación Ambiental y Ecoturismo</t>
+  </si>
+  <si>
+    <t>Ximena Alejandra Cárdenas Reyes</t>
+  </si>
+  <si>
+    <t>Hans Willi Ehmig Dillon</t>
+  </si>
+  <si>
+    <t>Superintendente de Competencia Económica</t>
+  </si>
+  <si>
+    <t>Adrián Ernesto Castro Piedra</t>
+  </si>
+  <si>
+    <t>Elsa Genoveva Guerra Rodríguez</t>
+  </si>
+  <si>
+    <t>Víctor Andrés Quishpe Ilguan</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias de la Educación Mención: Ciencias Sociales</t>
+  </si>
+  <si>
+    <t>Adriana Denisse García Mejía</t>
+  </si>
+  <si>
+    <t>Ingenieria en Contabilidad y Auditoría</t>
+  </si>
+  <si>
+    <t>Saadin Alfredo Serrano Valladares</t>
+  </si>
+  <si>
+    <t>Esperanza del Rocío Moreta Terán</t>
+  </si>
+  <si>
+    <t>Licenciada en Ciencias de la Educación Especialización Lengua y Literatura</t>
+  </si>
+  <si>
+    <t>Luis Alberto Jaramillo Granja</t>
+  </si>
+  <si>
+    <t>Ingeniero Industrial y de Sistemas</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Producción, Comercio Exterior, Inversiones y Pesca</t>
+  </si>
+  <si>
+    <t>José Ernesto Maldonado Córdova</t>
+  </si>
+  <si>
+    <t>Irene María Vélez Froment</t>
+  </si>
+  <si>
+    <t>Licenciada en Ciencias Políticas y Relaciones Internacionales</t>
+  </si>
+  <si>
+    <t>Secretario (a) General de Comunicación de la Presidencia</t>
+  </si>
+  <si>
+    <t>Alí Vicente Lozada Prado</t>
+  </si>
+  <si>
+    <t>Jaime Patricio Guevara Blaschke</t>
+  </si>
+  <si>
+    <t>Asambleísta por la provincia de Pastaza</t>
+  </si>
+  <si>
+    <t>Samantha Belén Carrera Sánchez</t>
+  </si>
+  <si>
+    <t>Lyne Katiuska Miranda Giler</t>
+  </si>
+  <si>
+    <t>Simón Bolívar Mieles Pinargote</t>
+  </si>
+  <si>
+    <t>Ricardo Ulcuango Farinango</t>
+  </si>
+  <si>
+    <t>Edgar Geovanny Benítez Calva</t>
+  </si>
+  <si>
+    <t>Ingeniero Zootecnista</t>
+  </si>
+  <si>
+    <t>Jhoel Marlin Escudero Solíz</t>
+  </si>
+  <si>
+    <t>Luis Alberto Cabezas-Klaere</t>
+  </si>
+  <si>
+    <t>Santiago David Ochoa Beltrán</t>
+  </si>
+  <si>
+    <t>Postulante al concurso de jueces de la Corte Nacional de Justicia 2024</t>
+  </si>
+  <si>
+    <t>Sócrates Augusto Verduga Sánchez</t>
+  </si>
+  <si>
+    <t>Gustavo Diego Borja Cornejo</t>
+  </si>
+  <si>
+    <t>Jaime Moreno Félix</t>
+  </si>
+  <si>
+    <t>Tecnólogo en Análisis de Sistemas</t>
+  </si>
+  <si>
+    <t>Dallyana Marianela Passailaigue Manosalvas</t>
+  </si>
+  <si>
+    <t>Bachelor of Science Marketing</t>
+  </si>
+  <si>
+    <t>César Arturo Ugsha Toaquiza</t>
+  </si>
+  <si>
+    <t>Inés María Manzano Díaz</t>
+  </si>
+  <si>
+    <t>Ministro (a) de Energía y Minas</t>
+  </si>
+  <si>
+    <t>José Ricardo Cabrera Zurita</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) en Informática</t>
+  </si>
+  <si>
+    <t>Roberto Fernando Jaramillo Martínez</t>
+  </si>
+  <si>
+    <t>Diana Paulina Ramirez Villacis</t>
+  </si>
+  <si>
+    <t>Ingeniero en Gerencia y Liderazgo</t>
+  </si>
+  <si>
+    <t>Secretario(a) Nacional de Planificación</t>
+  </si>
+  <si>
+    <t>Flerida Ivonne Coloma Peralta</t>
+  </si>
+  <si>
+    <t>Faustino Armando Fernández Rosales</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias Públicas y Sociales</t>
+  </si>
+  <si>
+    <t>Ronal Eduardo González Valero</t>
+  </si>
+  <si>
+    <t>Yadira del Rosario Bayas Uriarte</t>
+  </si>
+  <si>
+    <t>Licenciada en Administración de Empresas</t>
+  </si>
+  <si>
+    <t>Mónica Estefanía Palacios Zambrano</t>
+  </si>
+  <si>
+    <t>Mónica Rosa Irene Palencia Núñez</t>
+  </si>
+  <si>
+    <t>Richard Omar Ortiz Ortiz</t>
+  </si>
+  <si>
+    <t>Pedro Javier Granja Angulo</t>
+  </si>
+  <si>
+    <t>Pablo Ramiro Iglesias Paladines</t>
+  </si>
+  <si>
+    <t>Ingeniero (a) en Ciencias Geográficas</t>
+  </si>
+  <si>
+    <t>Superintendente de Ordenamiento Territorial, Uso y Gestión del Suelo</t>
+  </si>
+  <si>
+    <t>Segundo Leonidas Iza Salazar</t>
+  </si>
+  <si>
+    <t>Ingenierio en Medio Ambiente</t>
+  </si>
+  <si>
+    <t>Andrés Xavier Fantoni Baldeón</t>
+  </si>
+  <si>
+    <t>Licenciado en Ciencias de la Educación Mención Gerencia Educativa</t>
+  </si>
+  <si>
+    <t>Lucía Lizbeth Jaramillo Zurita</t>
   </si>
   <si>
     <t>Iván Andrés Morales Revelo</t>
   </si>
   <si>
-    <t>Miembro del Equipo Técnico para la selección y designación del Fiscal General del Estado</t>
-[...53 lines deleted...]
-    <t>Asambleísta por la provincia de Los Ríos</t>
+    <t>César Umajinga Guamán</t>
+  </si>
+  <si>
+    <t>Humberto Aparicio Plaza Argüello</t>
+  </si>
+  <si>
+    <t>Arquitecto</t>
+  </si>
+  <si>
+    <t>Ministro(a) de Desarrollo Urbano y Vivienda</t>
+  </si>
+  <si>
+    <t>Shiram Diana Atamaint Wamputsar</t>
+  </si>
+  <si>
+    <t>Presidente del Consejo Nacional Electoral</t>
+  </si>
+  <si>
+    <t>Humberto Manuel Tapia Escalante</t>
   </si>
   <si>
     <t>María Gabriela Centeno Apolo</t>
   </si>
   <si>
-    <t>Joaquín Vicente Viteri Llanga</t>
-[...1139 lines deleted...]
-    <t>Licenciado en Ciencias Públicas y Sociales</t>
+    <t>Ángel Eduardo Torres Maldonado</t>
   </si>
   <si>
     <t>Inés Margarita Alarcón Bueno</t>
   </si>
   <si>
     <t>Johnny Enrique Terán Barragán</t>
   </si>
   <si>
     <t>Ingeniero (a) en Administración de Empresas</t>
   </si>
   <si>
     <t>Arisdely Paola Parrales Yagual</t>
   </si>
   <si>
     <t>Licenciada en Ciencias de la Educación</t>
   </si>
   <si>
     <t>Victoria Tatiana Desintonio Malavé</t>
   </si>
   <si>
     <t>María Sonsoles García León</t>
-  </si>
-[...58 lines deleted...]
-    <t>Ángel Eduardo Torres Maldonado</t>
   </si>
   <si>
     <t>Juan Enmanuel Izquierdo Intriago</t>
   </si>
   <si>
     <t>Integrante de la terna para la designación del titular de la Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Institucion Independiente</t>
   </si>
   <si>
     <t>Procuraduría General del Estado</t>
   </si>
   <si>
     <t>Juan Carlos Larrea Valencia</t>
   </si>
   <si>
     <t>Procurador General del Estado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1872,51 +1932,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J282"/>
+  <dimension ref="A1:J292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J7" sqref="J7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="35" customWidth="true" style="0"/>
     <col min="3" max="3" width="35" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="35" customWidth="true" style="0"/>
     <col min="6" max="6" width="35" customWidth="true" style="0"/>
     <col min="7" max="7" width="35" customWidth="true" style="0"/>
     <col min="8" max="8" width="35" customWidth="true" style="0"/>
     <col min="9" max="9" width="35" customWidth="true" style="0"/>
     <col min="10" max="10" width="35" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
@@ -1960,8843 +2020,9163 @@
       </c>
       <c r="D7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
-        <v>580</v>
+        <v>966</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
-        <v>1286</v>
+        <v>1360</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
-        <v>872</v>
+        <v>1129</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>31</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
-        <v>1302</v>
+        <v>1375</v>
       </c>
       <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
         <v>33</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11">
+        <v>1</v>
+      </c>
+      <c r="F11">
+        <v>1</v>
+      </c>
+      <c r="G11">
+        <v>0</v>
+      </c>
+      <c r="H11" t="s">
         <v>34</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
-        <v>909</v>
+        <v>1230</v>
       </c>
       <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12">
+        <v>1</v>
+      </c>
+      <c r="F12">
+        <v>2</v>
+      </c>
+      <c r="G12">
+        <v>0</v>
+      </c>
+      <c r="H12" t="s">
         <v>37</v>
       </c>
-      <c r="C12" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
-        <v>1325</v>
+        <v>1391</v>
       </c>
       <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13">
+        <v>1</v>
+      </c>
+      <c r="F13">
+        <v>0</v>
+      </c>
+      <c r="G13">
+        <v>0</v>
+      </c>
+      <c r="H13" t="s">
         <v>40</v>
       </c>
-      <c r="C13" t="s">
+      <c r="I13" t="s">
+        <v>22</v>
+      </c>
+      <c r="J13" t="s">
         <v>41</v>
-      </c>
-[...19 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
-        <v>966</v>
+        <v>1254</v>
       </c>
       <c r="B14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" t="s">
         <v>43</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14" t="s">
         <v>44</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
-        <v>1360</v>
+        <v>1407</v>
       </c>
       <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15">
+        <v>1</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15">
+        <v>0</v>
+      </c>
+      <c r="H15" t="s">
         <v>46</v>
       </c>
-      <c r="C15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
-        <v>1129</v>
+        <v>435</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
-        <v>1375</v>
+        <v>1269</v>
       </c>
       <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17">
+        <v>1</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17" t="s">
         <v>52</v>
       </c>
-      <c r="C17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
-        <v>1230</v>
+        <v>1426</v>
       </c>
       <c r="B18" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
-        <v>1389</v>
+        <v>580</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20">
-        <v>1254</v>
+        <v>1286</v>
       </c>
       <c r="B20" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G20">
         <v>0</v>
       </c>
       <c r="H20" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21">
-        <v>1405</v>
+        <v>872</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22">
-        <v>435</v>
+        <v>1302</v>
       </c>
       <c r="B22" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F22">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23">
-        <v>1269</v>
+        <v>909</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23">
+        <v>1</v>
+      </c>
+      <c r="F23">
+        <v>1</v>
+      </c>
+      <c r="G23">
+        <v>0</v>
+      </c>
+      <c r="H23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24">
-        <v>1423</v>
+        <v>1325</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24">
+        <v>2</v>
+      </c>
+      <c r="F24">
+        <v>1</v>
+      </c>
+      <c r="G24">
+        <v>0</v>
+      </c>
+      <c r="H24" t="s">
         <v>70</v>
       </c>
-      <c r="C24" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25">
-        <v>435</v>
+        <v>911</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26">
-        <v>1270</v>
+        <v>1330</v>
       </c>
       <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" t="s">
         <v>73</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>74</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26">
+        <v>2</v>
+      </c>
+      <c r="F26">
+        <v>1</v>
+      </c>
+      <c r="G26">
+        <v>0</v>
+      </c>
+      <c r="H26" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
-        <v>1425</v>
+        <v>981</v>
       </c>
       <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E27">
         <v>1</v>
       </c>
       <c r="F27">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
-        <v>582</v>
+        <v>1361</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="E28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F28">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
-        <v>1287</v>
+        <v>1131</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E29">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F29">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
-        <v>873</v>
+        <v>1375</v>
       </c>
       <c r="B30" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="C30" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31">
-        <v>1303</v>
+        <v>1231</v>
       </c>
       <c r="B31" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="D31" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32">
-        <v>911</v>
+        <v>1392</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C32" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
-        <v>1330</v>
+        <v>25</v>
       </c>
       <c r="B33" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F33">
         <v>1</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34">
-        <v>981</v>
+        <v>1255</v>
       </c>
       <c r="B34" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C34" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="D34" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35">
-        <v>1361</v>
+        <v>1408</v>
       </c>
       <c r="B35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D35" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E35">
         <v>2</v>
       </c>
       <c r="F35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36">
-        <v>1131</v>
+        <v>435</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="C36" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36">
         <v>2</v>
       </c>
       <c r="F36">
         <v>2</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37">
-        <v>1375</v>
+        <v>1270</v>
       </c>
       <c r="B37" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>53</v>
+        <v>98</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38">
-        <v>1231</v>
+        <v>1427</v>
       </c>
       <c r="B38" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="F38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I38" t="s">
         <v>22</v>
       </c>
       <c r="J38" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39">
-        <v>1390</v>
+        <v>582</v>
       </c>
       <c r="B39" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C39" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40">
+        <v>1287</v>
+      </c>
+      <c r="B40" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" t="s">
         <v>25</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="E40">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40" t="s">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="I40" t="s">
         <v>22</v>
       </c>
       <c r="J40" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
-        <v>1255</v>
+        <v>873</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F41">
         <v>1</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="I41" t="s">
         <v>22</v>
       </c>
       <c r="J41" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42">
-        <v>1406</v>
+        <v>1303</v>
       </c>
       <c r="B42" t="s">
+        <v>104</v>
+      </c>
+      <c r="C42" t="s">
         <v>105</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>63</v>
+      </c>
+      <c r="E42">
+        <v>1</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+      <c r="G42">
+        <v>0</v>
+      </c>
+      <c r="H42" t="s">
         <v>106</v>
       </c>
-      <c r="D42" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
-        <v>1407</v>
+        <v>912</v>
       </c>
       <c r="B43" t="s">
+        <v>107</v>
+      </c>
+      <c r="C43" t="s">
         <v>108</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="E43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F43">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="I43" t="s">
         <v>22</v>
       </c>
       <c r="J43" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
-        <v>452</v>
+        <v>1332</v>
       </c>
       <c r="B44" t="s">
+        <v>109</v>
+      </c>
+      <c r="C44" t="s">
         <v>110</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>78</v>
+      </c>
+      <c r="E44">
+        <v>1</v>
+      </c>
+      <c r="F44">
+        <v>2</v>
+      </c>
+      <c r="G44">
+        <v>1</v>
+      </c>
+      <c r="H44" t="s">
         <v>111</v>
       </c>
-      <c r="D44" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I44" t="s">
         <v>22</v>
       </c>
       <c r="J44" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
-        <v>1272</v>
+        <v>1005</v>
       </c>
       <c r="B45" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" t="s">
+        <v>66</v>
+      </c>
+      <c r="D45" t="s">
+        <v>78</v>
+      </c>
+      <c r="E45">
+        <v>1</v>
+      </c>
+      <c r="F45">
+        <v>1</v>
+      </c>
+      <c r="G45">
+        <v>0</v>
+      </c>
+      <c r="H45" t="s">
         <v>113</v>
       </c>
-      <c r="C45" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
       <c r="J45" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46">
-        <v>1426</v>
+        <v>1362</v>
       </c>
       <c r="B46" t="s">
         <v>114</v>
       </c>
       <c r="C46" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E46">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="I46" t="s">
         <v>22</v>
       </c>
       <c r="J46" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47">
-        <v>587</v>
+        <v>1132</v>
       </c>
       <c r="B47" t="s">
         <v>115</v>
       </c>
       <c r="C47" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I47" t="s">
         <v>22</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48">
-        <v>1288</v>
+        <v>1376</v>
       </c>
       <c r="B48" t="s">
         <v>116</v>
       </c>
       <c r="C48" t="s">
         <v>117</v>
       </c>
       <c r="D48" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E48">
         <v>1</v>
       </c>
       <c r="F48">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I48" t="s">
         <v>22</v>
       </c>
       <c r="J48" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49">
-        <v>878</v>
+        <v>1232</v>
       </c>
       <c r="B49" t="s">
         <v>118</v>
       </c>
       <c r="C49" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="D49" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
       <c r="F49">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="I49" t="s">
         <v>22</v>
       </c>
       <c r="J49" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50">
-        <v>1304</v>
+        <v>1393</v>
       </c>
       <c r="B50" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C50" t="s">
-        <v>122</v>
+        <v>33</v>
       </c>
       <c r="D50" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E50">
         <v>1</v>
       </c>
       <c r="F50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="I50" t="s">
         <v>22</v>
       </c>
       <c r="J50" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51">
-        <v>912</v>
+        <v>58</v>
       </c>
       <c r="B51" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C51" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D51" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F51">
         <v>1</v>
       </c>
       <c r="G51">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H51" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="I51" t="s">
         <v>22</v>
       </c>
       <c r="J51" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52">
-        <v>1332</v>
+        <v>1256</v>
       </c>
       <c r="B52" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C52" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D52" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="F52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G52">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H52" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I52" t="s">
         <v>22</v>
       </c>
       <c r="J52" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53">
-        <v>1005</v>
+        <v>1409</v>
       </c>
       <c r="B53" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C53" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="D53" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="I53" t="s">
         <v>22</v>
       </c>
       <c r="J53" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54">
-        <v>1362</v>
+        <v>452</v>
       </c>
       <c r="B54" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C54" t="s">
-        <v>47</v>
+        <v>129</v>
       </c>
       <c r="D54" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="E54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I54" t="s">
         <v>22</v>
       </c>
       <c r="J54" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55">
-        <v>1132</v>
+        <v>1272</v>
       </c>
       <c r="B55" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C55" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56">
-        <v>1376</v>
+        <v>1428</v>
       </c>
       <c r="B56" t="s">
+        <v>132</v>
+      </c>
+      <c r="C56" t="s">
+        <v>36</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56">
+        <v>1</v>
+      </c>
+      <c r="F56">
+        <v>1</v>
+      </c>
+      <c r="G56">
+        <v>0</v>
+      </c>
+      <c r="H56" t="s">
         <v>133</v>
       </c>
-      <c r="C56" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I56" t="s">
         <v>22</v>
       </c>
       <c r="J56" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57">
-        <v>1232</v>
+        <v>587</v>
       </c>
       <c r="B57" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C57" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="F57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="I57" t="s">
         <v>22</v>
       </c>
       <c r="J57" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
-        <v>1391</v>
+        <v>1288</v>
       </c>
       <c r="B58" t="s">
+        <v>135</v>
+      </c>
+      <c r="C58" t="s">
         <v>136</v>
       </c>
-      <c r="C58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="F58">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I58" t="s">
         <v>22</v>
       </c>
       <c r="J58" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59">
-        <v>58</v>
+        <v>878</v>
       </c>
       <c r="B59" t="s">
         <v>137</v>
       </c>
       <c r="C59" t="s">
         <v>138</v>
       </c>
       <c r="D59" t="s">
-        <v>125</v>
+        <v>63</v>
       </c>
       <c r="E59">
         <v>1</v>
       </c>
       <c r="F59">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G59">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H59" t="s">
         <v>139</v>
       </c>
       <c r="I59" t="s">
         <v>22</v>
       </c>
       <c r="J59" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60">
-        <v>1256</v>
+        <v>1304</v>
       </c>
       <c r="B60" t="s">
         <v>140</v>
       </c>
       <c r="C60" t="s">
         <v>141</v>
       </c>
       <c r="D60" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="E60">
         <v>1</v>
       </c>
       <c r="F60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60" t="s">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="I60" t="s">
         <v>22</v>
       </c>
       <c r="J60" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61">
-        <v>61</v>
+        <v>883</v>
       </c>
       <c r="B61" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C61" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D61" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="E61">
         <v>0</v>
       </c>
       <c r="F61">
         <v>0</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61" t="s">
-        <v>144</v>
+        <v>64</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62">
-        <v>1256</v>
+        <v>1305</v>
       </c>
       <c r="B62" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C62" t="s">
-        <v>141</v>
+        <v>25</v>
       </c>
       <c r="D62" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="E62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F62">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62" t="s">
-        <v>31</v>
+        <v>144</v>
       </c>
       <c r="I62" t="s">
         <v>22</v>
       </c>
       <c r="J62" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63">
-        <v>1408</v>
+        <v>913</v>
       </c>
       <c r="B63" t="s">
         <v>145</v>
       </c>
       <c r="C63" t="s">
-        <v>146</v>
+        <v>19</v>
       </c>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63">
         <v>1</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64">
-        <v>454</v>
+        <v>1337</v>
       </c>
       <c r="B64" t="s">
+        <v>147</v>
+      </c>
+      <c r="C64" t="s">
         <v>148</v>
       </c>
-      <c r="C64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E64">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64" t="s">
         <v>149</v>
       </c>
       <c r="I64" t="s">
         <v>22</v>
       </c>
       <c r="J64" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
-        <v>1273</v>
+        <v>1363</v>
       </c>
       <c r="B65" t="s">
         <v>150</v>
       </c>
       <c r="C65" t="s">
         <v>151</v>
       </c>
       <c r="D65" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65" t="s">
         <v>27</v>
       </c>
       <c r="I65" t="s">
         <v>22</v>
       </c>
       <c r="J65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66">
-        <v>1427</v>
+        <v>1133</v>
       </c>
       <c r="B66" t="s">
         <v>152</v>
       </c>
       <c r="C66" t="s">
-        <v>53</v>
+        <v>153</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F66">
         <v>1</v>
       </c>
       <c r="G66">
         <v>0</v>
       </c>
       <c r="H66" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="I66" t="s">
         <v>22</v>
       </c>
       <c r="J66" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67">
-        <v>637</v>
+        <v>1376</v>
       </c>
       <c r="B67" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="C67" t="s">
-        <v>47</v>
+        <v>117</v>
       </c>
       <c r="D67" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I67" t="s">
         <v>22</v>
       </c>
       <c r="J67" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68">
-        <v>1289</v>
+        <v>1233</v>
       </c>
       <c r="B68" t="s">
         <v>154</v>
       </c>
       <c r="C68" t="s">
-        <v>155</v>
+        <v>105</v>
       </c>
       <c r="D68" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69">
-        <v>883</v>
+        <v>1394</v>
       </c>
       <c r="B69" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C69" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D69" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E69">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70">
-        <v>1305</v>
+        <v>61</v>
       </c>
       <c r="B70" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C70" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70">
         <v>0</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="I70" t="s">
         <v>22</v>
       </c>
       <c r="J70" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71">
-        <v>913</v>
+        <v>1256</v>
       </c>
       <c r="B71" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="C71" t="s">
-        <v>30</v>
+        <v>124</v>
       </c>
       <c r="D71" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E71">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F71">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="I71" t="s">
         <v>22</v>
       </c>
       <c r="J71" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72">
-        <v>1337</v>
+        <v>1411</v>
       </c>
       <c r="B72" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" t="s">
+        <v>160</v>
+      </c>
+      <c r="E72">
+        <v>1</v>
+      </c>
+      <c r="F72">
+        <v>5</v>
+      </c>
+      <c r="G72">
+        <v>0</v>
+      </c>
+      <c r="H72" t="s">
         <v>161</v>
       </c>
-      <c r="C72" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73">
-        <v>1363</v>
+        <v>454</v>
       </c>
       <c r="B73" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C73" t="s">
-        <v>165</v>
+        <v>36</v>
       </c>
       <c r="D73" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="I73" t="s">
         <v>22</v>
       </c>
       <c r="J73" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74">
-        <v>1133</v>
+        <v>1273</v>
       </c>
       <c r="B74" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C74" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D74" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E74">
         <v>1</v>
       </c>
       <c r="F74">
         <v>1</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="I74" t="s">
         <v>22</v>
       </c>
       <c r="J74" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75">
-        <v>1376</v>
+        <v>1431</v>
       </c>
       <c r="B75" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="C75" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="I75" t="s">
         <v>22</v>
       </c>
       <c r="J75" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76">
-        <v>1233</v>
+        <v>637</v>
       </c>
       <c r="B76" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C76" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="D76" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="I76" t="s">
         <v>22</v>
       </c>
       <c r="J76" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
-        <v>1392</v>
+        <v>1289</v>
       </c>
       <c r="B77" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C77" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D77" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I77" t="s">
         <v>22</v>
       </c>
       <c r="J77" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
-        <v>1393</v>
+        <v>1290</v>
       </c>
       <c r="B78" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C78" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I78" t="s">
         <v>22</v>
       </c>
       <c r="J78" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
-        <v>75</v>
+        <v>883</v>
       </c>
       <c r="B79" t="s">
-        <v>172</v>
+        <v>142</v>
       </c>
       <c r="C79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79">
+        <v>0</v>
+      </c>
+      <c r="F79">
+        <v>0</v>
+      </c>
+      <c r="G79">
+        <v>0</v>
+      </c>
+      <c r="H79" t="s">
         <v>173</v>
       </c>
-      <c r="D79" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I79" t="s">
         <v>22</v>
       </c>
       <c r="J79" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80">
-        <v>1257</v>
+        <v>1306</v>
       </c>
       <c r="B80" t="s">
         <v>174</v>
       </c>
       <c r="C80" t="s">
-        <v>175</v>
+        <v>117</v>
       </c>
       <c r="D80" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
       <c r="I80" t="s">
         <v>22</v>
       </c>
       <c r="J80" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
-        <v>1409</v>
+        <v>914</v>
       </c>
       <c r="B81" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C81" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D81" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E81">
         <v>1</v>
       </c>
       <c r="F81">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="I81" t="s">
         <v>22</v>
       </c>
       <c r="J81" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
-        <v>458</v>
+        <v>1338</v>
       </c>
       <c r="B82" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C82" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="D82" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="E82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="I82" t="s">
         <v>22</v>
       </c>
       <c r="J82" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
-        <v>1274</v>
+        <v>1364</v>
       </c>
       <c r="B83" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C83" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D83" t="s">
-        <v>183</v>
+        <v>78</v>
       </c>
       <c r="E83">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F83">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83" t="s">
-        <v>184</v>
+        <v>27</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
-        <v>694</v>
+        <v>1177</v>
       </c>
       <c r="B84" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C84" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D84" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E84">
         <v>1</v>
       </c>
       <c r="F84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84" t="s">
-        <v>103</v>
+        <v>67</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85">
-        <v>1290</v>
+        <v>1377</v>
       </c>
       <c r="B85" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C85" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E85">
         <v>0</v>
       </c>
       <c r="F85">
         <v>0</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86">
-        <v>883</v>
+        <v>1234</v>
       </c>
       <c r="B86" t="s">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="C86" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="I86" t="s">
         <v>22</v>
       </c>
       <c r="J86" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87">
-        <v>1306</v>
+        <v>1395</v>
       </c>
       <c r="B87" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C87" t="s">
-        <v>134</v>
+        <v>36</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87" t="s">
-        <v>62</v>
+        <v>178</v>
       </c>
       <c r="I87" t="s">
         <v>22</v>
       </c>
       <c r="J87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88">
-        <v>914</v>
+        <v>75</v>
       </c>
       <c r="B88" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C88" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D88" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E88">
         <v>1</v>
       </c>
       <c r="F88">
         <v>1</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89">
-        <v>1338</v>
+        <v>1257</v>
       </c>
       <c r="B89" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C89" t="s">
-        <v>47</v>
+        <v>189</v>
       </c>
       <c r="D89" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I89" t="s">
         <v>22</v>
       </c>
       <c r="J89" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90">
-        <v>1364</v>
+        <v>1412</v>
       </c>
       <c r="B90" t="s">
+        <v>191</v>
+      </c>
+      <c r="C90" t="s">
+        <v>192</v>
+      </c>
+      <c r="D90" t="s">
         <v>193</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90">
+        <v>1</v>
+      </c>
+      <c r="F90">
+        <v>2</v>
+      </c>
+      <c r="G90">
+        <v>0</v>
+      </c>
+      <c r="H90" t="s">
         <v>194</v>
       </c>
-      <c r="D90" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91">
-        <v>1177</v>
+        <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>195</v>
       </c>
       <c r="C91" t="s">
+        <v>89</v>
+      </c>
+      <c r="D91" t="s">
+        <v>78</v>
+      </c>
+      <c r="E91">
+        <v>1</v>
+      </c>
+      <c r="F91">
+        <v>0</v>
+      </c>
+      <c r="G91">
+        <v>0</v>
+      </c>
+      <c r="H91" t="s">
         <v>196</v>
       </c>
-      <c r="D91" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I91" t="s">
         <v>22</v>
       </c>
       <c r="J91" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92">
-        <v>1377</v>
+        <v>1274</v>
       </c>
       <c r="B92" t="s">
         <v>197</v>
       </c>
       <c r="C92" t="s">
-        <v>47</v>
+        <v>198</v>
       </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="E92">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93">
-        <v>1234</v>
+        <v>1432</v>
       </c>
       <c r="B93" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C93" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="I93" t="s">
         <v>22</v>
       </c>
       <c r="J93" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94">
-        <v>1235</v>
+        <v>694</v>
       </c>
       <c r="B94" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C94" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D94" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E94">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94" t="s">
-        <v>199</v>
+        <v>90</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95">
-        <v>1394</v>
+        <v>775</v>
       </c>
       <c r="B95" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C95" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="D95" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G95">
         <v>0</v>
       </c>
       <c r="H95" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96">
-        <v>79</v>
+        <v>1291</v>
       </c>
       <c r="B96" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C96" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F96">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96" t="s">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="I96" t="s">
         <v>22</v>
       </c>
       <c r="J96" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97">
-        <v>1258</v>
+        <v>890</v>
       </c>
       <c r="B97" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C97" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D97" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="E97">
         <v>1</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98">
-        <v>1411</v>
+        <v>1307</v>
       </c>
       <c r="B98" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C98" t="s">
-        <v>207</v>
+        <v>25</v>
       </c>
       <c r="D98" t="s">
-        <v>208</v>
+        <v>51</v>
       </c>
       <c r="E98">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F98">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98" t="s">
-        <v>209</v>
+        <v>190</v>
       </c>
       <c r="I98" t="s">
         <v>22</v>
       </c>
       <c r="J98" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99">
-        <v>464</v>
+        <v>917</v>
       </c>
       <c r="B99" t="s">
         <v>210</v>
       </c>
       <c r="C99" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="D99" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E99">
         <v>1</v>
       </c>
       <c r="F99">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100">
-        <v>1275</v>
+        <v>1338</v>
       </c>
       <c r="B100" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C100" t="s">
-        <v>212</v>
+        <v>25</v>
       </c>
       <c r="D100" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="E100">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100" t="s">
-        <v>144</v>
+        <v>178</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101">
-        <v>775</v>
+        <v>1063</v>
       </c>
       <c r="B101" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C101" t="s">
-        <v>38</v>
+        <v>176</v>
       </c>
       <c r="D101" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E101">
         <v>1</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102">
-        <v>1291</v>
+        <v>1365</v>
       </c>
       <c r="B102" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C102" t="s">
-        <v>215</v>
+        <v>25</v>
       </c>
       <c r="D102" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E102">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103">
-        <v>890</v>
+        <v>1202</v>
       </c>
       <c r="B103" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C103" t="s">
-        <v>217</v>
+        <v>36</v>
       </c>
       <c r="D103" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F103">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="I103" t="s">
         <v>22</v>
       </c>
       <c r="J103" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104">
-        <v>1307</v>
+        <v>1378</v>
       </c>
       <c r="B104" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C104" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="D104" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="E104">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F104">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104" t="s">
-        <v>176</v>
+        <v>34</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105">
-        <v>917</v>
+        <v>1235</v>
       </c>
       <c r="B105" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C105" t="s">
-        <v>119</v>
+        <v>217</v>
       </c>
       <c r="D105" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E105">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F105">
         <v>1</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105" t="s">
-        <v>103</v>
+        <v>185</v>
       </c>
       <c r="I105" t="s">
         <v>22</v>
       </c>
       <c r="J105" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106">
-        <v>1338</v>
+        <v>1396</v>
       </c>
       <c r="B106" t="s">
-        <v>191</v>
+        <v>218</v>
       </c>
       <c r="C106" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="D106" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E106">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F106">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107">
-        <v>1063</v>
+        <v>79</v>
       </c>
       <c r="B107" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C107" t="s">
-        <v>173</v>
+        <v>36</v>
       </c>
       <c r="D107" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E107">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F107">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108">
-        <v>1365</v>
+        <v>1258</v>
       </c>
       <c r="B108" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C108" t="s">
-        <v>47</v>
+        <v>223</v>
       </c>
       <c r="D108" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E108">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="I108" t="s">
         <v>22</v>
       </c>
       <c r="J108" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109">
-        <v>1202</v>
+        <v>1413</v>
       </c>
       <c r="B109" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C109" t="s">
-        <v>19</v>
+        <v>225</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109">
         <v>2</v>
       </c>
       <c r="F109">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109" t="s">
-        <v>192</v>
+        <v>70</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110">
-        <v>1378</v>
+        <v>464</v>
       </c>
       <c r="B110" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C110" t="s">
-        <v>224</v>
+        <v>19</v>
       </c>
       <c r="D110" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E110">
         <v>1</v>
       </c>
       <c r="F110">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110" t="s">
-        <v>54</v>
+        <v>130</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111">
-        <v>1202</v>
+        <v>1275</v>
       </c>
       <c r="B111" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C111" t="s">
-        <v>19</v>
+        <v>228</v>
       </c>
       <c r="D111" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E111">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F111">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
       <c r="I111" t="s">
         <v>22</v>
       </c>
       <c r="J111" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112">
-        <v>1379</v>
+        <v>1433</v>
       </c>
       <c r="B112" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C112" t="s">
-        <v>226</v>
+        <v>33</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112">
         <v>1</v>
       </c>
       <c r="F112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112" t="s">
-        <v>54</v>
+        <v>230</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113">
-        <v>1238</v>
+        <v>1276</v>
       </c>
       <c r="B113" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C113" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D113" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E113">
         <v>1</v>
       </c>
       <c r="F113">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113" t="s">
-        <v>229</v>
+        <v>90</v>
       </c>
       <c r="I113" t="s">
         <v>22</v>
       </c>
       <c r="J113" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114">
-        <v>1395</v>
+        <v>1434</v>
       </c>
       <c r="B114" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C114" t="s">
-        <v>19</v>
+        <v>234</v>
       </c>
       <c r="D114" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E114">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F114">
         <v>1</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114" t="s">
-        <v>192</v>
+        <v>235</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115">
-        <v>79</v>
+        <v>806</v>
       </c>
       <c r="B115" t="s">
-        <v>203</v>
+        <v>236</v>
       </c>
       <c r="C115" t="s">
-        <v>19</v>
+        <v>237</v>
       </c>
       <c r="D115" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E115">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F115">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="I115" t="s">
         <v>22</v>
       </c>
       <c r="J115" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116">
-        <v>1259</v>
+        <v>1292</v>
       </c>
       <c r="B116" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C116" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D116" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="E116">
         <v>0</v>
       </c>
       <c r="F116">
         <v>0</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117">
-        <v>1412</v>
+        <v>892</v>
       </c>
       <c r="B117" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C117" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="D117" t="s">
-        <v>183</v>
+        <v>78</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="F117">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118">
-        <v>494</v>
+        <v>1308</v>
       </c>
       <c r="B118" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="C118" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118" t="s">
-        <v>236</v>
+        <v>146</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119">
-        <v>1276</v>
+        <v>918</v>
       </c>
       <c r="B119" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C119" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="D119" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E119">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F119">
         <v>1</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119" t="s">
-        <v>103</v>
+        <v>245</v>
       </c>
       <c r="I119" t="s">
         <v>22</v>
       </c>
       <c r="J119" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120">
-        <v>806</v>
+        <v>1340</v>
       </c>
       <c r="B120" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C120" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="D120" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F120">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120" t="s">
-        <v>103</v>
+        <v>248</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121">
-        <v>1292</v>
+        <v>1066</v>
       </c>
       <c r="B121" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="C121" t="s">
-        <v>47</v>
+        <v>250</v>
       </c>
       <c r="D121" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E121">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F121">
         <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I121" t="s">
         <v>22</v>
       </c>
       <c r="J121" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122">
-        <v>892</v>
+        <v>1366</v>
       </c>
       <c r="B122" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="C122" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D122" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E122">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F122">
         <v>1</v>
       </c>
       <c r="G122">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H122" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123">
-        <v>1308</v>
+        <v>1202</v>
       </c>
       <c r="B123" t="s">
-        <v>245</v>
+        <v>213</v>
       </c>
       <c r="C123" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123">
         <v>2</v>
       </c>
       <c r="F123">
         <v>2</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="I123" t="s">
         <v>22</v>
       </c>
       <c r="J123" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124">
-        <v>918</v>
+        <v>1379</v>
       </c>
       <c r="B124" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C124" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F124">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124" t="s">
-        <v>248</v>
+        <v>34</v>
       </c>
       <c r="I124" t="s">
         <v>22</v>
       </c>
       <c r="J124" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125">
-        <v>1340</v>
+        <v>1238</v>
       </c>
       <c r="B125" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C125" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F125">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="I125" t="s">
         <v>22</v>
       </c>
       <c r="J125" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126">
-        <v>1066</v>
+        <v>1397</v>
       </c>
       <c r="B126" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="C126" t="s">
-        <v>253</v>
+        <v>25</v>
       </c>
       <c r="D126" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E126">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F126">
         <v>0</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126" t="s">
-        <v>54</v>
+        <v>259</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127">
-        <v>1366</v>
+        <v>79</v>
       </c>
       <c r="B127" t="s">
-        <v>254</v>
+        <v>221</v>
       </c>
       <c r="C127" t="s">
-        <v>255</v>
+        <v>36</v>
       </c>
       <c r="D127" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E127">
         <v>2</v>
       </c>
       <c r="F127">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G127">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H127" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I127" t="s">
         <v>22</v>
       </c>
       <c r="J127" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128">
-        <v>1210</v>
+        <v>1259</v>
       </c>
       <c r="B128" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C128" t="s">
-        <v>257</v>
+        <v>25</v>
       </c>
       <c r="D128" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="E128">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F128">
         <v>0</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="I128" t="s">
         <v>22</v>
       </c>
       <c r="J128" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129">
-        <v>1380</v>
+        <v>1414</v>
       </c>
       <c r="B129" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C129" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F129">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="I129" t="s">
         <v>22</v>
       </c>
       <c r="J129" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130">
-        <v>1239</v>
+        <v>494</v>
       </c>
       <c r="B130" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C130" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F130">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130" t="s">
-        <v>229</v>
+        <v>264</v>
       </c>
       <c r="I130" t="s">
         <v>22</v>
       </c>
       <c r="J130" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131">
-        <v>1396</v>
+        <v>494</v>
       </c>
       <c r="B131" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C131" t="s">
-        <v>261</v>
+        <v>36</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131">
         <v>1</v>
       </c>
       <c r="F131">
         <v>1</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="I131" t="s">
         <v>22</v>
       </c>
       <c r="J131" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132">
-        <v>97</v>
+        <v>1277</v>
       </c>
       <c r="B132" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C132" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D132" t="s">
-        <v>91</v>
+        <v>160</v>
       </c>
       <c r="E132">
         <v>1</v>
       </c>
       <c r="F132">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G132">
         <v>0</v>
       </c>
       <c r="H132" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="I132" t="s">
         <v>22</v>
       </c>
       <c r="J132" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133">
-        <v>1260</v>
+        <v>1435</v>
       </c>
       <c r="B133" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C133" t="s">
-        <v>266</v>
+        <v>33</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="F133">
         <v>0</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133" t="s">
-        <v>39</v>
+        <v>268</v>
       </c>
       <c r="I133" t="s">
         <v>22</v>
       </c>
       <c r="J133" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134">
-        <v>1413</v>
+        <v>838</v>
       </c>
       <c r="B134" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C134" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D134" t="s">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="E134">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F134">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134" t="s">
-        <v>42</v>
+        <v>271</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135">
-        <v>494</v>
+        <v>1293</v>
       </c>
       <c r="B135" t="s">
-        <v>235</v>
+        <v>272</v>
       </c>
       <c r="C135" t="s">
-        <v>19</v>
+        <v>273</v>
       </c>
       <c r="D135" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135" t="s">
-        <v>236</v>
+        <v>199</v>
       </c>
       <c r="I135" t="s">
         <v>22</v>
       </c>
       <c r="J135" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136">
-        <v>1277</v>
+        <v>894</v>
       </c>
       <c r="B136" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C136" t="s">
-        <v>270</v>
+        <v>25</v>
       </c>
       <c r="D136" t="s">
-        <v>208</v>
+        <v>26</v>
       </c>
       <c r="E136">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F136">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137">
-        <v>838</v>
+        <v>1309</v>
       </c>
       <c r="B137" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C137" t="s">
-        <v>272</v>
+        <v>25</v>
       </c>
       <c r="D137" t="s">
-        <v>208</v>
+        <v>51</v>
       </c>
       <c r="E137">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F137">
         <v>0</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137" t="s">
-        <v>273</v>
+        <v>52</v>
       </c>
       <c r="I137" t="s">
         <v>22</v>
       </c>
       <c r="J137" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138">
-        <v>1293</v>
+        <v>919</v>
       </c>
       <c r="B138" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C138" t="s">
-        <v>275</v>
+        <v>176</v>
       </c>
       <c r="D138" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="F138">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138" t="s">
-        <v>184</v>
+        <v>59</v>
       </c>
       <c r="I138" t="s">
         <v>22</v>
       </c>
       <c r="J138" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139">
-        <v>894</v>
+        <v>1343</v>
       </c>
       <c r="B139" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C139" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D139" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E139">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F139">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139" t="s">
-        <v>139</v>
+        <v>278</v>
       </c>
       <c r="I139" t="s">
         <v>22</v>
       </c>
       <c r="J139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140">
-        <v>1309</v>
+        <v>1067</v>
       </c>
       <c r="B140" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C140" t="s">
-        <v>47</v>
+        <v>280</v>
       </c>
       <c r="D140" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E140">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F140">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140" t="s">
-        <v>69</v>
+        <v>281</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141">
-        <v>919</v>
+        <v>1367</v>
       </c>
       <c r="B141" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C141" t="s">
-        <v>173</v>
+        <v>283</v>
       </c>
       <c r="D141" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F141">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I141" t="s">
         <v>22</v>
       </c>
       <c r="J141" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142">
-        <v>1343</v>
+        <v>1210</v>
       </c>
       <c r="B142" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C142" t="s">
-        <v>19</v>
+        <v>285</v>
       </c>
       <c r="D142" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E142">
         <v>1</v>
       </c>
       <c r="F142">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142" t="s">
-        <v>280</v>
+        <v>27</v>
       </c>
       <c r="I142" t="s">
         <v>22</v>
       </c>
       <c r="J142" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143">
-        <v>1067</v>
+        <v>1380</v>
       </c>
       <c r="B143" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C143" t="s">
-        <v>282</v>
+        <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F143">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143" t="s">
-        <v>283</v>
+        <v>34</v>
       </c>
       <c r="I143" t="s">
         <v>22</v>
       </c>
       <c r="J143" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144">
-        <v>1367</v>
+        <v>1239</v>
       </c>
       <c r="B144" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C144" t="s">
-        <v>285</v>
+        <v>33</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144">
         <v>2</v>
       </c>
       <c r="F144">
         <v>2</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144" t="s">
-        <v>54</v>
+        <v>257</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145">
-        <v>1069</v>
+        <v>1398</v>
       </c>
       <c r="B145" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C145" t="s">
-        <v>30</v>
+        <v>289</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145">
         <v>2</v>
       </c>
       <c r="F145">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146">
-        <v>1368</v>
+        <v>97</v>
       </c>
       <c r="B146" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C146" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D146" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E146">
         <v>1</v>
       </c>
       <c r="F146">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="I146" t="s">
         <v>22</v>
       </c>
       <c r="J146" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147">
-        <v>1214</v>
+        <v>1260</v>
       </c>
       <c r="B147" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C147" t="s">
-        <v>47</v>
+        <v>293</v>
       </c>
       <c r="D147" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E147">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F147">
         <v>0</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147" t="s">
-        <v>290</v>
+        <v>67</v>
       </c>
       <c r="I147" t="s">
         <v>22</v>
       </c>
       <c r="J147" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148">
-        <v>1381</v>
+        <v>1415</v>
       </c>
       <c r="B148" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C148" t="s">
-        <v>292</v>
+        <v>36</v>
       </c>
       <c r="D148" t="s">
-        <v>208</v>
+        <v>20</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="F148">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148" t="s">
-        <v>293</v>
+        <v>248</v>
       </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149">
-        <v>1240</v>
+        <v>1261</v>
       </c>
       <c r="B149" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C149" t="s">
-        <v>288</v>
+        <v>25</v>
       </c>
       <c r="D149" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E149">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F149">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="I149" t="s">
         <v>22</v>
       </c>
       <c r="J149" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150">
-        <v>1397</v>
+        <v>1416</v>
       </c>
       <c r="B150" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C150" t="s">
-        <v>47</v>
+        <v>289</v>
       </c>
       <c r="D150" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E150">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F150">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151">
-        <v>120</v>
+        <v>498</v>
       </c>
       <c r="B151" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C151" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151">
         <v>2</v>
       </c>
       <c r="F151">
         <v>1</v>
       </c>
       <c r="G151">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H151" t="s">
-        <v>293</v>
+        <v>264</v>
       </c>
       <c r="I151" t="s">
         <v>22</v>
       </c>
       <c r="J151" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="B152" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C152" t="s">
-        <v>47</v>
+        <v>300</v>
       </c>
       <c r="D152" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E152">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F152">
         <v>0</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153">
-        <v>1414</v>
+        <v>1436</v>
       </c>
       <c r="B153" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C153" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F153">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I153" t="s">
         <v>22</v>
       </c>
       <c r="J153" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154">
-        <v>498</v>
+        <v>851</v>
       </c>
       <c r="B154" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C154" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154">
+        <v>1</v>
+      </c>
+      <c r="F154">
         <v>2</v>
       </c>
-      <c r="F154">
-[...1 lines deleted...]
-      </c>
       <c r="G154">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H154" t="s">
-        <v>236</v>
+        <v>59</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155">
-        <v>1278</v>
+        <v>1294</v>
       </c>
       <c r="B155" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C155" t="s">
-        <v>303</v>
+        <v>33</v>
       </c>
       <c r="D155" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155" t="s">
-        <v>81</v>
+        <v>305</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156">
-        <v>851</v>
+        <v>895</v>
       </c>
       <c r="B156" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C156" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="D156" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="I156" t="s">
         <v>22</v>
       </c>
       <c r="J156" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157">
-        <v>1294</v>
+        <v>1310</v>
       </c>
       <c r="B157" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C157" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F157">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157" t="s">
-        <v>306</v>
+        <v>99</v>
       </c>
       <c r="I157" t="s">
         <v>22</v>
       </c>
       <c r="J157" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158">
-        <v>895</v>
+        <v>920</v>
       </c>
       <c r="B158" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C158" t="s">
-        <v>111</v>
+        <v>176</v>
       </c>
       <c r="D158" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158" t="s">
-        <v>39</v>
+        <v>199</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159">
-        <v>1310</v>
+        <v>1351</v>
       </c>
       <c r="B159" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C159" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F159">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159" t="s">
-        <v>76</v>
+        <v>257</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160">
-        <v>920</v>
+        <v>1069</v>
       </c>
       <c r="B160" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C160" t="s">
-        <v>173</v>
+        <v>19</v>
       </c>
       <c r="D160" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E160">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F160">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160" t="s">
-        <v>184</v>
+        <v>99</v>
       </c>
       <c r="I160" t="s">
         <v>22</v>
       </c>
       <c r="J160" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="B161" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C161" t="s">
-        <v>19</v>
+        <v>289</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161" t="s">
-        <v>229</v>
+        <v>34</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162">
-        <v>1070</v>
+        <v>1214</v>
       </c>
       <c r="B162" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C162" t="s">
-        <v>312</v>
+        <v>25</v>
       </c>
       <c r="D162" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="E162">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F162">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162" t="s">
-        <v>56</v>
+        <v>313</v>
       </c>
       <c r="I162" t="s">
         <v>22</v>
       </c>
       <c r="J162" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="B163" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C163" t="s">
-        <v>238</v>
+        <v>315</v>
       </c>
       <c r="D163" t="s">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
         <v>0</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163" t="s">
-        <v>54</v>
+        <v>316</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164">
-        <v>1217</v>
+        <v>1240</v>
       </c>
       <c r="B164" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C164" t="s">
-        <v>53</v>
+        <v>289</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164">
         <v>2</v>
       </c>
       <c r="F164">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="I164" t="s">
         <v>22</v>
       </c>
       <c r="J164" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165">
-        <v>1382</v>
+        <v>1399</v>
       </c>
       <c r="B165" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C165" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D165" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E165">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F165">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165" t="s">
-        <v>293</v>
+        <v>319</v>
       </c>
       <c r="I165" t="s">
         <v>22</v>
       </c>
       <c r="J165" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166">
-        <v>1241</v>
+        <v>120</v>
       </c>
       <c r="B166" t="s">
+        <v>320</v>
+      </c>
+      <c r="C166" t="s">
+        <v>36</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166">
+        <v>2</v>
+      </c>
+      <c r="F166">
+        <v>1</v>
+      </c>
+      <c r="G166">
+        <v>0</v>
+      </c>
+      <c r="H166" t="s">
         <v>316</v>
       </c>
-      <c r="C166" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167">
-        <v>1398</v>
+        <v>169</v>
       </c>
       <c r="B167" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C167" t="s">
-        <v>288</v>
+        <v>36</v>
       </c>
       <c r="D167" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E167">
         <v>2</v>
       </c>
       <c r="F167">
         <v>1</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168">
-        <v>169</v>
+        <v>1262</v>
       </c>
       <c r="B168" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C168" t="s">
-        <v>19</v>
+        <v>323</v>
       </c>
       <c r="D168" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E168">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F168">
         <v>1</v>
       </c>
       <c r="G168">
         <v>0</v>
       </c>
       <c r="H168" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="I168" t="s">
         <v>22</v>
       </c>
       <c r="J168" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169">
-        <v>1262</v>
+        <v>1417</v>
       </c>
       <c r="B169" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C169" t="s">
-        <v>321</v>
+        <v>33</v>
       </c>
       <c r="D169" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G169">
         <v>0</v>
       </c>
       <c r="H169" t="s">
-        <v>39</v>
+        <v>325</v>
       </c>
       <c r="I169" t="s">
         <v>22</v>
       </c>
       <c r="J169" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170">
-        <v>1415</v>
+        <v>500</v>
       </c>
       <c r="B170" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C170" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G170">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H170" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171">
-        <v>500</v>
+        <v>1279</v>
       </c>
       <c r="B171" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C171" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D171" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E171">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F171">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G171">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H171" t="s">
-        <v>236</v>
+        <v>92</v>
       </c>
       <c r="I171" t="s">
         <v>22</v>
       </c>
       <c r="J171" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172">
-        <v>1279</v>
+        <v>1437</v>
       </c>
       <c r="B172" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C172" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D172" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E172">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F172">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G172">
         <v>0</v>
       </c>
       <c r="H172" t="s">
-        <v>81</v>
+        <v>329</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173">
         <v>860</v>
       </c>
       <c r="B173" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="C173" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D173" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E173">
         <v>2</v>
       </c>
       <c r="F173">
         <v>1</v>
       </c>
       <c r="G173">
         <v>0</v>
       </c>
       <c r="H173" t="s">
-        <v>176</v>
+        <v>190</v>
       </c>
       <c r="I173" t="s">
         <v>22</v>
       </c>
       <c r="J173" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174">
         <v>1295</v>
       </c>
       <c r="B174" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C174" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D174" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
         <v>1</v>
       </c>
       <c r="G174">
         <v>0</v>
       </c>
       <c r="H174" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175">
         <v>898</v>
       </c>
       <c r="B175" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C175" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="F175">
         <v>1</v>
       </c>
       <c r="G175">
         <v>0</v>
       </c>
       <c r="H175" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="I175" t="s">
         <v>22</v>
       </c>
       <c r="J175" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176">
         <v>1311</v>
       </c>
       <c r="B176" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C176" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D176" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
         <v>0</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177">
         <v>925</v>
       </c>
       <c r="B177" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C177" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
       <c r="F177">
         <v>1</v>
       </c>
       <c r="G177">
         <v>0</v>
       </c>
       <c r="H177" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="I177" t="s">
         <v>22</v>
       </c>
       <c r="J177" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178">
         <v>1352</v>
       </c>
       <c r="B178" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="C178" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D178" t="s">
-        <v>208</v>
+        <v>160</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="F178">
         <v>1</v>
       </c>
       <c r="G178">
         <v>0</v>
       </c>
       <c r="H178" t="s">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179">
-        <v>928</v>
+        <v>1070</v>
       </c>
       <c r="B179" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C179" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="D179" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="E179">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F179">
         <v>1</v>
       </c>
       <c r="G179">
         <v>0</v>
       </c>
       <c r="H179" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="I179" t="s">
         <v>22</v>
       </c>
       <c r="J179" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180">
-        <v>1353</v>
+        <v>1369</v>
       </c>
       <c r="B180" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C180" t="s">
-        <v>335</v>
+        <v>232</v>
       </c>
       <c r="D180" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E180">
         <v>1</v>
       </c>
       <c r="F180">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G180">
         <v>0</v>
       </c>
       <c r="H180" t="s">
-        <v>336</v>
+        <v>34</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181">
-        <v>1071</v>
+        <v>1217</v>
       </c>
       <c r="B181" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C181" t="s">
-        <v>338</v>
+        <v>33</v>
       </c>
       <c r="D181" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E181">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F181">
         <v>0</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="B182" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C182" t="s">
-        <v>253</v>
+        <v>36</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182">
         <v>1</v>
       </c>
       <c r="F182">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G182">
         <v>0</v>
       </c>
       <c r="H182" t="s">
-        <v>54</v>
+        <v>316</v>
       </c>
       <c r="I182" t="s">
         <v>22</v>
       </c>
       <c r="J182" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183">
-        <v>1219</v>
+        <v>1241</v>
       </c>
       <c r="B183" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C183" t="s">
-        <v>53</v>
+        <v>343</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183">
         <v>1</v>
       </c>
       <c r="F183">
         <v>0</v>
       </c>
       <c r="G183">
         <v>0</v>
       </c>
       <c r="H183" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="I183" t="s">
         <v>22</v>
       </c>
       <c r="J183" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184">
-        <v>1383</v>
+        <v>1400</v>
       </c>
       <c r="B184" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C184" t="s">
-        <v>19</v>
+        <v>345</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F184">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G184">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H184" t="s">
-        <v>293</v>
+        <v>346</v>
       </c>
       <c r="I184" t="s">
         <v>22</v>
       </c>
       <c r="J184" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185">
         <v>1242</v>
       </c>
       <c r="B185" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C185" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="D185" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="E185">
         <v>1</v>
       </c>
       <c r="F185">
         <v>0</v>
       </c>
       <c r="G185">
         <v>0</v>
       </c>
       <c r="H185" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B186" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="C186" t="s">
-        <v>47</v>
+        <v>348</v>
       </c>
       <c r="D186" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="E186">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F186">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G186">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H186" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="I186" t="s">
         <v>22</v>
       </c>
       <c r="J186" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187">
         <v>174</v>
       </c>
       <c r="B187" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C187" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187">
         <v>2</v>
       </c>
       <c r="F187">
         <v>4</v>
       </c>
       <c r="G187">
         <v>0</v>
       </c>
       <c r="H187" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="I187" t="s">
         <v>22</v>
       </c>
       <c r="J187" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188">
         <v>1263</v>
       </c>
       <c r="B188" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C188" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
       <c r="F188">
         <v>0</v>
       </c>
       <c r="G188">
         <v>0</v>
       </c>
       <c r="H188" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="I188" t="s">
         <v>22</v>
       </c>
       <c r="J188" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="B189" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="C189" t="s">
-        <v>288</v>
+        <v>105</v>
       </c>
       <c r="D189" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
       <c r="F189">
         <v>1</v>
       </c>
       <c r="G189">
         <v>0</v>
       </c>
       <c r="H189" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="I189" t="s">
         <v>22</v>
       </c>
       <c r="J189" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190">
         <v>506</v>
       </c>
       <c r="B190" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="C190" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190">
         <v>2</v>
       </c>
       <c r="F190">
         <v>1</v>
       </c>
       <c r="G190">
         <v>0</v>
       </c>
       <c r="H190" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
       <c r="I190" t="s">
         <v>22</v>
       </c>
       <c r="J190" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191">
         <v>1280</v>
       </c>
       <c r="B191" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C191" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D191" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
       <c r="G191">
         <v>0</v>
       </c>
       <c r="H191" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="I191" t="s">
         <v>22</v>
       </c>
       <c r="J191" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192">
-        <v>862</v>
+        <v>1452</v>
       </c>
       <c r="B192" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C192" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G192">
         <v>0</v>
       </c>
       <c r="H192" t="s">
-        <v>176</v>
+        <v>40</v>
       </c>
       <c r="I192" t="s">
         <v>22</v>
       </c>
       <c r="J192" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193">
-        <v>1296</v>
+        <v>862</v>
       </c>
       <c r="B193" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C193" t="s">
-        <v>357</v>
+        <v>19</v>
       </c>
       <c r="D193" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193" t="s">
-        <v>358</v>
+        <v>190</v>
       </c>
       <c r="I193" t="s">
         <v>22</v>
       </c>
       <c r="J193" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194">
-        <v>899</v>
+        <v>1296</v>
       </c>
       <c r="B194" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C194" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D194" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194">
         <v>1</v>
       </c>
       <c r="G194">
         <v>0</v>
       </c>
       <c r="H194" t="s">
-        <v>39</v>
+        <v>364</v>
       </c>
       <c r="I194" t="s">
         <v>22</v>
       </c>
       <c r="J194" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195">
-        <v>1312</v>
+        <v>899</v>
       </c>
       <c r="B195" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C195" t="s">
-        <v>47</v>
+        <v>366</v>
       </c>
       <c r="D195" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="E195">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F195">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195" t="s">
-        <v>354</v>
+        <v>67</v>
       </c>
       <c r="I195" t="s">
         <v>22</v>
       </c>
       <c r="J195" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196">
-        <v>930</v>
+        <v>1312</v>
       </c>
       <c r="B196" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C196" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D196" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E196">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F196">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196" t="s">
-        <v>244</v>
+        <v>359</v>
       </c>
       <c r="I196" t="s">
         <v>22</v>
       </c>
       <c r="J196" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197">
-        <v>1355</v>
+        <v>928</v>
       </c>
       <c r="B197" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="C197" t="s">
-        <v>253</v>
+        <v>369</v>
       </c>
       <c r="D197" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="E197">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F197">
         <v>1</v>
       </c>
       <c r="G197">
         <v>0</v>
       </c>
       <c r="H197" t="s">
-        <v>364</v>
+        <v>67</v>
       </c>
       <c r="I197" t="s">
         <v>22</v>
       </c>
       <c r="J197" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198">
-        <v>1085</v>
+        <v>1353</v>
       </c>
       <c r="B198" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C198" t="s">
-        <v>19</v>
+        <v>371</v>
       </c>
       <c r="D198" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E198">
         <v>1</v>
       </c>
       <c r="F198">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G198">
         <v>0</v>
       </c>
       <c r="H198" t="s">
-        <v>39</v>
+        <v>372</v>
       </c>
       <c r="I198" t="s">
         <v>22</v>
       </c>
       <c r="J198" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199">
-        <v>1371</v>
+        <v>1071</v>
       </c>
       <c r="B199" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="C199" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="D199" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E199">
         <v>1</v>
       </c>
       <c r="F199">
         <v>0</v>
       </c>
       <c r="G199">
         <v>0</v>
       </c>
       <c r="H199" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I199" t="s">
         <v>22</v>
       </c>
       <c r="J199" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200">
-        <v>1223</v>
+        <v>1370</v>
       </c>
       <c r="B200" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="C200" t="s">
-        <v>369</v>
+        <v>250</v>
       </c>
       <c r="D200" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="E200">
         <v>1</v>
       </c>
       <c r="F200">
         <v>0</v>
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="I200" t="s">
         <v>22</v>
       </c>
       <c r="J200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201">
-        <v>1384</v>
+        <v>1219</v>
       </c>
       <c r="B201" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="C201" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F201">
         <v>0</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201" t="s">
-        <v>293</v>
+        <v>90</v>
       </c>
       <c r="I201" t="s">
         <v>22</v>
       </c>
       <c r="J201" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202">
-        <v>1249</v>
+        <v>1383</v>
       </c>
       <c r="B202" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C202" t="s">
-        <v>372</v>
+        <v>36</v>
       </c>
       <c r="D202" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E202">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F202">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G202">
         <v>0</v>
       </c>
       <c r="H202" t="s">
-        <v>103</v>
+        <v>316</v>
       </c>
       <c r="I202" t="s">
         <v>22</v>
       </c>
       <c r="J202" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203">
-        <v>1400</v>
+        <v>1384</v>
       </c>
       <c r="B203" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C203" t="s">
-        <v>374</v>
+        <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F203">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G203">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H203" t="s">
-        <v>375</v>
+        <v>316</v>
       </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204">
-        <v>316</v>
+        <v>1249</v>
       </c>
       <c r="B204" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C204" t="s">
-        <v>19</v>
+        <v>380</v>
       </c>
       <c r="D204" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E204">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F204">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204" t="s">
-        <v>377</v>
+        <v>90</v>
       </c>
       <c r="I204" t="s">
         <v>22</v>
       </c>
       <c r="J204" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205">
-        <v>1264</v>
+        <v>1402</v>
       </c>
       <c r="B205" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C205" t="s">
-        <v>317</v>
+        <v>33</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F205">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205" t="s">
-        <v>39</v>
+        <v>382</v>
       </c>
       <c r="I205" t="s">
         <v>22</v>
       </c>
       <c r="J205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206">
-        <v>1417</v>
+        <v>316</v>
       </c>
       <c r="B206" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C206" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F206">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G206">
         <v>0</v>
       </c>
       <c r="H206" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="I206" t="s">
         <v>22</v>
       </c>
       <c r="J206" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207">
-        <v>508</v>
+        <v>1264</v>
       </c>
       <c r="B207" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C207" t="s">
-        <v>19</v>
+        <v>343</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="F207">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208">
-        <v>1281</v>
+        <v>1419</v>
       </c>
       <c r="B208" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C208" t="s">
-        <v>19</v>
+        <v>387</v>
       </c>
       <c r="D208" t="s">
-        <v>35</v>
+        <v>193</v>
       </c>
       <c r="E208">
         <v>1</v>
       </c>
       <c r="F208">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G208">
         <v>0</v>
       </c>
       <c r="H208" t="s">
-        <v>383</v>
+        <v>149</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209">
-        <v>863</v>
+        <v>508</v>
       </c>
       <c r="B209" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C209" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209">
+        <v>1</v>
+      </c>
+      <c r="F209">
         <v>2</v>
       </c>
-      <c r="F209">
-[...1 lines deleted...]
-      </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209" t="s">
-        <v>81</v>
+        <v>264</v>
       </c>
       <c r="I209" t="s">
         <v>22</v>
       </c>
       <c r="J209" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210">
-        <v>1297</v>
+        <v>1281</v>
       </c>
       <c r="B210" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C210" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D210" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E210">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F210">
         <v>0</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210" t="s">
-        <v>120</v>
+        <v>390</v>
       </c>
       <c r="I210" t="s">
         <v>22</v>
       </c>
       <c r="J210" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211">
-        <v>900</v>
+        <v>1453</v>
       </c>
       <c r="B211" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C211" t="s">
-        <v>387</v>
+        <v>232</v>
       </c>
       <c r="D211" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="F211">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211" t="s">
-        <v>229</v>
+        <v>40</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212">
-        <v>1313</v>
+        <v>863</v>
       </c>
       <c r="B212" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C212" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F212">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212" t="s">
-        <v>184</v>
+        <v>92</v>
       </c>
       <c r="I212" t="s">
         <v>22</v>
       </c>
       <c r="J212" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213">
-        <v>902</v>
+        <v>1297</v>
       </c>
       <c r="B213" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C213" t="s">
-        <v>390</v>
+        <v>25</v>
       </c>
       <c r="D213" t="s">
-        <v>208</v>
+        <v>51</v>
       </c>
       <c r="E213">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F213">
         <v>0</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
       <c r="H213" t="s">
-        <v>273</v>
+        <v>139</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214">
-        <v>1314</v>
+        <v>900</v>
       </c>
       <c r="B214" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C214" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D214" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="E214">
         <v>1</v>
       </c>
       <c r="F214">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
       <c r="H214" t="s">
-        <v>358</v>
+        <v>257</v>
       </c>
       <c r="I214" t="s">
         <v>22</v>
       </c>
       <c r="J214" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215">
-        <v>950</v>
+        <v>1313</v>
       </c>
       <c r="B215" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C215" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215">
         <v>1</v>
       </c>
       <c r="F215">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
       <c r="H215" t="s">
-        <v>236</v>
+        <v>199</v>
       </c>
       <c r="I215" t="s">
         <v>22</v>
       </c>
       <c r="J215" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216">
-        <v>1356</v>
+        <v>930</v>
       </c>
       <c r="B216" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C216" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F216">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G216">
         <v>0</v>
       </c>
       <c r="H216" t="s">
-        <v>395</v>
+        <v>241</v>
       </c>
       <c r="I216" t="s">
         <v>22</v>
       </c>
       <c r="J216" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217">
-        <v>1093</v>
+        <v>1355</v>
       </c>
       <c r="B217" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C217" t="s">
-        <v>19</v>
+        <v>250</v>
       </c>
       <c r="D217" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E217">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F217">
         <v>1</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
       <c r="H217" t="s">
-        <v>56</v>
+        <v>399</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218">
-        <v>1372</v>
+        <v>1085</v>
       </c>
       <c r="B218" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C218" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218">
         <v>1</v>
       </c>
       <c r="F218">
         <v>1</v>
       </c>
       <c r="G218">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H218" t="s">
-        <v>293</v>
+        <v>67</v>
       </c>
       <c r="I218" t="s">
         <v>22</v>
       </c>
       <c r="J218" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219">
-        <v>1226</v>
+        <v>1371</v>
       </c>
       <c r="B219" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C219" t="s">
-        <v>53</v>
+        <v>402</v>
       </c>
       <c r="D219" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E219">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F219">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G219">
         <v>0</v>
       </c>
       <c r="H219" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="I219" t="s">
         <v>22</v>
       </c>
       <c r="J219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220">
-        <v>1385</v>
+        <v>1223</v>
       </c>
       <c r="B220" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C220" t="s">
-        <v>47</v>
+        <v>404</v>
       </c>
       <c r="D220" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="E220">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F220">
         <v>0</v>
       </c>
       <c r="G220">
         <v>0</v>
       </c>
       <c r="H220" t="s">
-        <v>293</v>
+        <v>90</v>
       </c>
       <c r="I220" t="s">
         <v>22</v>
       </c>
       <c r="J220" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221">
-        <v>1250</v>
+        <v>1226</v>
       </c>
       <c r="B221" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C221" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F221">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G221">
         <v>0</v>
       </c>
       <c r="H221" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="I221" t="s">
         <v>22</v>
       </c>
       <c r="J221" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222">
-        <v>1401</v>
+        <v>1385</v>
       </c>
       <c r="B222" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C222" t="s">
-        <v>343</v>
+        <v>25</v>
       </c>
       <c r="D222" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E222">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F222">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G222">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H222" t="s">
-        <v>402</v>
+        <v>316</v>
       </c>
       <c r="I222" t="s">
         <v>22</v>
       </c>
       <c r="J222" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223">
-        <v>404</v>
+        <v>1250</v>
       </c>
       <c r="B223" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C223" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D223" t="s">
         <v>20</v>
       </c>
       <c r="E223">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F223">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G223">
         <v>0</v>
       </c>
       <c r="H223" t="s">
-        <v>364</v>
+        <v>37</v>
       </c>
       <c r="I223" t="s">
         <v>22</v>
       </c>
       <c r="J223" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224">
-        <v>1265</v>
+        <v>1403</v>
       </c>
       <c r="B224" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C224" t="s">
-        <v>47</v>
+        <v>409</v>
       </c>
       <c r="D224" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="E224">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F224">
         <v>0</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
       <c r="H224" t="s">
-        <v>39</v>
+        <v>410</v>
       </c>
       <c r="I224" t="s">
         <v>22</v>
       </c>
       <c r="J224" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225">
-        <v>1418</v>
+        <v>404</v>
       </c>
       <c r="B225" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="C225" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="D225" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E225">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F225">
         <v>1</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226">
-        <v>508</v>
+        <v>1265</v>
       </c>
       <c r="B226" t="s">
-        <v>381</v>
+        <v>412</v>
       </c>
       <c r="C226" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D226" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E226">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F226">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G226">
         <v>0</v>
       </c>
       <c r="H226" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I226" t="s">
         <v>22</v>
       </c>
       <c r="J226" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227">
-        <v>1282</v>
+        <v>1420</v>
       </c>
       <c r="B227" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C227" t="s">
-        <v>53</v>
+        <v>348</v>
       </c>
       <c r="D227" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E227">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F227">
         <v>1</v>
       </c>
       <c r="G227">
         <v>0</v>
       </c>
       <c r="H227" t="s">
-        <v>383</v>
+        <v>414</v>
       </c>
       <c r="I227" t="s">
         <v>22</v>
       </c>
       <c r="J227" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228">
-        <v>865</v>
+        <v>508</v>
       </c>
       <c r="B228" t="s">
-        <v>408</v>
+        <v>388</v>
       </c>
       <c r="C228" t="s">
-        <v>333</v>
+        <v>36</v>
       </c>
       <c r="D228" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="E228">
         <v>1</v>
       </c>
       <c r="F228">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G228">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H228" t="s">
-        <v>81</v>
+        <v>264</v>
       </c>
       <c r="I228" t="s">
         <v>22</v>
       </c>
       <c r="J228" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229">
-        <v>1298</v>
+        <v>1282</v>
       </c>
       <c r="B229" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C229" t="s">
-        <v>321</v>
+        <v>33</v>
       </c>
       <c r="D229" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E229">
         <v>2</v>
       </c>
       <c r="F229">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229" t="s">
-        <v>120</v>
+        <v>390</v>
       </c>
       <c r="I229" t="s">
         <v>22</v>
       </c>
       <c r="J229" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230">
-        <v>1299</v>
+        <v>1454</v>
       </c>
       <c r="B230" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="C230" t="s">
-        <v>47</v>
+        <v>417</v>
       </c>
       <c r="D230" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E230">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F230">
         <v>0</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
       <c r="H230" t="s">
-        <v>248</v>
+        <v>40</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231">
-        <v>903</v>
+        <v>865</v>
       </c>
       <c r="B231" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="C231" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="D231" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="E231">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F231">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G231">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H231" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232">
-        <v>1315</v>
+        <v>1298</v>
       </c>
       <c r="B232" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="C232" t="s">
-        <v>413</v>
+        <v>323</v>
       </c>
       <c r="D232" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E232">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F232">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
       <c r="H232" t="s">
-        <v>36</v>
+        <v>139</v>
       </c>
       <c r="I232" t="s">
         <v>22</v>
       </c>
       <c r="J232" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233">
-        <v>951</v>
+        <v>902</v>
       </c>
       <c r="B233" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="C233" t="s">
-        <v>30</v>
+        <v>421</v>
       </c>
       <c r="D233" t="s">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="E233">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F233">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G233">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H233" t="s">
-        <v>236</v>
+        <v>271</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234">
-        <v>1357</v>
+        <v>1314</v>
       </c>
       <c r="B234" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="C234" t="s">
-        <v>19</v>
+        <v>423</v>
       </c>
       <c r="D234" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="E234">
         <v>1</v>
       </c>
       <c r="F234">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G234">
         <v>0</v>
       </c>
       <c r="H234" t="s">
-        <v>130</v>
+        <v>364</v>
       </c>
       <c r="I234" t="s">
         <v>22</v>
       </c>
       <c r="J234" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235">
-        <v>1114</v>
+        <v>950</v>
       </c>
       <c r="B235" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="C235" t="s">
         <v>19</v>
       </c>
       <c r="D235" t="s">
         <v>20</v>
       </c>
       <c r="E235">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F235">
         <v>2</v>
       </c>
       <c r="G235">
         <v>0</v>
       </c>
       <c r="H235" t="s">
-        <v>417</v>
+        <v>264</v>
       </c>
       <c r="I235" t="s">
         <v>22</v>
       </c>
       <c r="J235" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236">
-        <v>1373</v>
+        <v>1356</v>
       </c>
       <c r="B236" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="C236" t="s">
-        <v>419</v>
+        <v>36</v>
       </c>
       <c r="D236" t="s">
         <v>20</v>
       </c>
       <c r="E236">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F236">
         <v>2</v>
       </c>
       <c r="G236">
         <v>0</v>
       </c>
       <c r="H236" t="s">
-        <v>293</v>
+        <v>426</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237">
-        <v>1227</v>
+        <v>1093</v>
       </c>
       <c r="B237" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="C237" t="s">
-        <v>421</v>
+        <v>36</v>
       </c>
       <c r="D237" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E237">
         <v>1</v>
       </c>
       <c r="F237">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G237">
         <v>0</v>
       </c>
       <c r="H237" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="I237" t="s">
         <v>22</v>
       </c>
       <c r="J237" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238">
-        <v>1386</v>
+        <v>1372</v>
       </c>
       <c r="B238" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C238" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D238" t="s">
         <v>20</v>
       </c>
       <c r="E238">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F238">
         <v>1</v>
       </c>
       <c r="G238">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H238" t="s">
-        <v>293</v>
+        <v>316</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239">
-        <v>1251</v>
+        <v>1373</v>
       </c>
       <c r="B239" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C239" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="D239" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="E239">
         <v>1</v>
       </c>
       <c r="F239">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
       <c r="H239" t="s">
-        <v>244</v>
+        <v>316</v>
       </c>
       <c r="I239" t="s">
         <v>22</v>
       </c>
       <c r="J239" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240">
-        <v>1402</v>
+        <v>1227</v>
       </c>
       <c r="B240" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="C240" t="s">
-        <v>53</v>
+        <v>432</v>
       </c>
       <c r="D240" t="s">
         <v>20</v>
       </c>
       <c r="E240">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F240">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G240">
         <v>0</v>
       </c>
       <c r="H240" t="s">
-        <v>426</v>
+        <v>90</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241">
-        <v>404</v>
+        <v>1386</v>
       </c>
       <c r="B241" t="s">
-        <v>403</v>
+        <v>433</v>
       </c>
       <c r="C241" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D241" t="s">
         <v>20</v>
       </c>
       <c r="E241">
         <v>2</v>
       </c>
       <c r="F241">
         <v>1</v>
       </c>
       <c r="G241">
         <v>0</v>
       </c>
       <c r="H241" t="s">
-        <v>364</v>
+        <v>316</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242">
-        <v>1266</v>
+        <v>1251</v>
       </c>
       <c r="B242" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="C242" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="D242" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G242">
         <v>0</v>
       </c>
       <c r="H242" t="s">
-        <v>160</v>
+        <v>241</v>
       </c>
       <c r="I242" t="s">
         <v>22</v>
       </c>
       <c r="J242" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243">
-        <v>1419</v>
+        <v>1404</v>
       </c>
       <c r="B243" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="C243" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="D243" t="s">
-        <v>183</v>
+        <v>78</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G243">
         <v>0</v>
       </c>
       <c r="H243" t="s">
-        <v>163</v>
+        <v>438</v>
       </c>
       <c r="I243" t="s">
         <v>22</v>
       </c>
       <c r="J243" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244">
-        <v>512</v>
+        <v>404</v>
       </c>
       <c r="B244" t="s">
-        <v>430</v>
+        <v>411</v>
       </c>
       <c r="C244" t="s">
         <v>19</v>
       </c>
       <c r="D244" t="s">
         <v>20</v>
       </c>
       <c r="E244">
         <v>2</v>
       </c>
       <c r="F244">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G244">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H244" t="s">
-        <v>236</v>
+        <v>399</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245">
-        <v>1283</v>
+        <v>1266</v>
       </c>
       <c r="B245" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="C245" t="s">
-        <v>327</v>
+        <v>289</v>
       </c>
       <c r="D245" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="E245">
         <v>1</v>
       </c>
       <c r="F245">
         <v>0</v>
       </c>
       <c r="G245">
         <v>0</v>
       </c>
       <c r="H245" t="s">
-        <v>432</v>
+        <v>146</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246">
-        <v>868</v>
+        <v>1421</v>
       </c>
       <c r="B246" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C246" t="s">
-        <v>240</v>
+        <v>441</v>
       </c>
       <c r="D246" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E246">
         <v>1</v>
       </c>
       <c r="F246">
         <v>1</v>
       </c>
       <c r="G246">
         <v>0</v>
       </c>
       <c r="H246" t="s">
-        <v>81</v>
+        <v>442</v>
       </c>
       <c r="I246" t="s">
         <v>22</v>
       </c>
       <c r="J246" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247">
-        <v>870</v>
+        <v>512</v>
       </c>
       <c r="B247" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="C247" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D247" t="s">
         <v>20</v>
       </c>
       <c r="E247">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F247">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G247">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H247" t="s">
-        <v>76</v>
+        <v>264</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248">
-        <v>1300</v>
+        <v>1283</v>
       </c>
       <c r="B248" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="C248" t="s">
-        <v>436</v>
+        <v>332</v>
       </c>
       <c r="D248" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="E248">
         <v>1</v>
       </c>
       <c r="F248">
         <v>0</v>
       </c>
       <c r="G248">
         <v>0</v>
       </c>
       <c r="H248" t="s">
-        <v>36</v>
+        <v>445</v>
       </c>
       <c r="I248" t="s">
         <v>22</v>
       </c>
       <c r="J248" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249">
-        <v>905</v>
+        <v>1456</v>
       </c>
       <c r="B249" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="C249" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="D249" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="E249">
         <v>1</v>
       </c>
       <c r="F249">
         <v>0</v>
       </c>
       <c r="G249">
         <v>0</v>
       </c>
       <c r="H249" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250">
-        <v>1316</v>
+        <v>868</v>
       </c>
       <c r="B250" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="C250" t="s">
-        <v>53</v>
+        <v>237</v>
       </c>
       <c r="D250" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E250">
         <v>1</v>
       </c>
       <c r="F250">
         <v>1</v>
       </c>
       <c r="G250">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H250" t="s">
-        <v>345</v>
+        <v>92</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251">
-        <v>952</v>
+        <v>1299</v>
       </c>
       <c r="B251" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="C251" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D251" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="E251">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F251">
         <v>0</v>
       </c>
       <c r="G251">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H251" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="I251" t="s">
         <v>22</v>
       </c>
       <c r="J251" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252">
-        <v>1358</v>
+        <v>903</v>
       </c>
       <c r="B252" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="C252" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D252" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E252">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F252">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G252">
         <v>0</v>
       </c>
       <c r="H252" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253">
-        <v>1126</v>
+        <v>1315</v>
       </c>
       <c r="B253" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="C253" t="s">
-        <v>19</v>
+        <v>451</v>
       </c>
       <c r="D253" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="E253">
         <v>1</v>
       </c>
       <c r="F253">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G253">
         <v>0</v>
       </c>
       <c r="H253" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="I253" t="s">
         <v>22</v>
       </c>
       <c r="J253" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254">
-        <v>1374</v>
+        <v>951</v>
       </c>
       <c r="B254" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="C254" t="s">
-        <v>288</v>
+        <v>19</v>
       </c>
       <c r="D254" t="s">
         <v>20</v>
       </c>
       <c r="E254">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F254">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G254">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H254" t="s">
-        <v>54</v>
+        <v>264</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255">
-        <v>1228</v>
+        <v>1357</v>
       </c>
       <c r="B255" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="C255" t="s">
-        <v>444</v>
+        <v>36</v>
       </c>
       <c r="D255" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E255">
         <v>1</v>
       </c>
       <c r="F255">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G255">
         <v>0</v>
       </c>
       <c r="H255" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256">
-        <v>1387</v>
+        <v>1114</v>
       </c>
       <c r="B256" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="C256" t="s">
-        <v>446</v>
+        <v>36</v>
       </c>
       <c r="D256" t="s">
         <v>20</v>
       </c>
       <c r="E256">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F256">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G256">
         <v>0</v>
       </c>
       <c r="H256" t="s">
-        <v>54</v>
+        <v>455</v>
       </c>
       <c r="I256" t="s">
         <v>22</v>
       </c>
       <c r="J256" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257">
-        <v>1252</v>
+        <v>1126</v>
       </c>
       <c r="B257" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="C257" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D257" t="s">
         <v>20</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="F257">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G257">
         <v>0</v>
       </c>
       <c r="H257" t="s">
-        <v>273</v>
+        <v>31</v>
       </c>
       <c r="I257" t="s">
         <v>22</v>
       </c>
       <c r="J257" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258">
-        <v>1403</v>
+        <v>1374</v>
       </c>
       <c r="B258" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="C258" t="s">
-        <v>449</v>
+        <v>289</v>
       </c>
       <c r="D258" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="E258">
         <v>1</v>
       </c>
       <c r="F258">
         <v>0</v>
       </c>
       <c r="G258">
         <v>0</v>
       </c>
       <c r="H258" t="s">
-        <v>450</v>
+        <v>34</v>
       </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259">
-        <v>410</v>
+        <v>1228</v>
       </c>
       <c r="B259" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="C259" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="D259" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="E259">
         <v>1</v>
       </c>
       <c r="F259">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G259">
         <v>0</v>
       </c>
       <c r="H259" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="I259" t="s">
         <v>22</v>
       </c>
       <c r="J259" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260">
-        <v>1267</v>
+        <v>1387</v>
       </c>
       <c r="B260" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="C260" t="s">
-        <v>19</v>
+        <v>461</v>
       </c>
       <c r="D260" t="s">
         <v>20</v>
       </c>
       <c r="E260">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F260">
         <v>1</v>
       </c>
       <c r="G260">
         <v>0</v>
       </c>
       <c r="H260" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="I260" t="s">
         <v>22</v>
       </c>
       <c r="J260" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261">
-        <v>1420</v>
+        <v>1252</v>
       </c>
       <c r="B261" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C261" t="s">
-        <v>343</v>
+        <v>36</v>
       </c>
       <c r="D261" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E261">
         <v>1</v>
       </c>
       <c r="F261">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G261">
         <v>0</v>
       </c>
       <c r="H261" t="s">
-        <v>455</v>
+        <v>271</v>
       </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262">
-        <v>574</v>
+        <v>1405</v>
       </c>
       <c r="B262" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="C262" t="s">
-        <v>53</v>
+        <v>33</v>
+      </c>
+      <c r="D262" t="s">
+        <v>20</v>
       </c>
       <c r="E262">
         <v>1</v>
       </c>
       <c r="F262">
         <v>1</v>
       </c>
       <c r="G262">
         <v>0</v>
       </c>
       <c r="H262" t="s">
-        <v>21</v>
+        <v>464</v>
       </c>
       <c r="I262" t="s">
         <v>22</v>
       </c>
       <c r="J262" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263">
-        <v>1284</v>
+        <v>410</v>
       </c>
       <c r="B263" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="C263" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="D263" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="E263">
         <v>1</v>
       </c>
       <c r="F263">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G263">
         <v>0</v>
       </c>
       <c r="H263" t="s">
-        <v>432</v>
+        <v>130</v>
       </c>
       <c r="I263" t="s">
         <v>22</v>
       </c>
       <c r="J263" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264">
-        <v>1285</v>
+        <v>1267</v>
       </c>
       <c r="B264" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="C264" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D264" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E264">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F264">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G264">
         <v>0</v>
       </c>
       <c r="H264" t="s">
-        <v>27</v>
+        <v>146</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265">
-        <v>871</v>
+        <v>1423</v>
       </c>
       <c r="B265" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="C265" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="D265" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E265">
         <v>1</v>
       </c>
       <c r="F265">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G265">
         <v>0</v>
       </c>
       <c r="H265" t="s">
-        <v>76</v>
+        <v>470</v>
       </c>
       <c r="I265" t="s">
         <v>22</v>
       </c>
       <c r="J265" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266">
-        <v>1301</v>
+        <v>574</v>
       </c>
       <c r="B266" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C266" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="E266">
         <v>1</v>
       </c>
       <c r="F266">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G266">
         <v>0</v>
       </c>
       <c r="H266" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="I266" t="s">
         <v>22</v>
       </c>
       <c r="J266" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267">
-        <v>907</v>
+        <v>1284</v>
       </c>
       <c r="B267" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="C267" t="s">
-        <v>30</v>
+        <v>473</v>
       </c>
       <c r="D267" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E267">
         <v>1</v>
       </c>
       <c r="F267">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G267">
         <v>0</v>
       </c>
       <c r="H267" t="s">
-        <v>39</v>
+        <v>445</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268">
-        <v>1322</v>
+        <v>870</v>
       </c>
       <c r="B268" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="C268" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="D268" t="s">
         <v>20</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="F268">
         <v>1</v>
       </c>
       <c r="G268">
         <v>0</v>
       </c>
       <c r="H268" t="s">
-        <v>466</v>
+        <v>99</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269">
-        <v>964</v>
+        <v>1300</v>
       </c>
       <c r="B269" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="C269" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="D269" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="F269">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G269">
         <v>0</v>
       </c>
       <c r="H269" t="s">
-        <v>469</v>
+        <v>64</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270">
-        <v>1359</v>
+        <v>905</v>
       </c>
       <c r="B270" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="C270" t="s">
-        <v>471</v>
+        <v>121</v>
       </c>
       <c r="D270" t="s">
-        <v>183</v>
+        <v>95</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="F270">
         <v>0</v>
       </c>
       <c r="G270">
         <v>0</v>
       </c>
       <c r="H270" t="s">
-        <v>31</v>
+        <v>144</v>
       </c>
       <c r="I270" t="s">
         <v>22</v>
       </c>
       <c r="J270" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271">
-        <v>1128</v>
+        <v>1316</v>
       </c>
       <c r="B271" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C271" t="s">
-        <v>473</v>
+        <v>33</v>
       </c>
       <c r="D271" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
       <c r="F271">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G271">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H271" t="s">
-        <v>51</v>
+        <v>319</v>
       </c>
       <c r="I271" t="s">
         <v>22</v>
       </c>
       <c r="J271" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272">
-        <v>1374</v>
+        <v>952</v>
       </c>
       <c r="B272" t="s">
-        <v>442</v>
+        <v>479</v>
       </c>
       <c r="C272" t="s">
-        <v>288</v>
+        <v>19</v>
       </c>
       <c r="D272" t="s">
         <v>20</v>
       </c>
       <c r="E272">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F272">
         <v>0</v>
       </c>
       <c r="G272">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H272" t="s">
-        <v>54</v>
+        <v>264</v>
       </c>
       <c r="I272" t="s">
         <v>22</v>
       </c>
       <c r="J272" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273">
-        <v>1229</v>
+        <v>1358</v>
       </c>
       <c r="B273" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="C273" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D273" t="s">
         <v>20</v>
       </c>
       <c r="E273">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F273">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G273">
         <v>0</v>
       </c>
       <c r="H273" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274">
-        <v>1388</v>
+        <v>964</v>
       </c>
       <c r="B274" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C274" t="s">
-        <v>19</v>
+        <v>482</v>
       </c>
       <c r="D274" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E274">
         <v>1</v>
       </c>
       <c r="F274">
         <v>1</v>
       </c>
       <c r="G274">
         <v>0</v>
       </c>
       <c r="H274" t="s">
-        <v>58</v>
+        <v>483</v>
       </c>
       <c r="I274" t="s">
         <v>22</v>
       </c>
       <c r="J274" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275">
-        <v>1253</v>
+        <v>1359</v>
       </c>
       <c r="B275" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="C275" t="s">
-        <v>19</v>
+        <v>485</v>
       </c>
       <c r="D275" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="E275">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F275">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G275">
         <v>0</v>
       </c>
       <c r="H275" t="s">
-        <v>273</v>
+        <v>27</v>
       </c>
       <c r="I275" t="s">
         <v>22</v>
       </c>
       <c r="J275" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276">
-        <v>1404</v>
+        <v>1128</v>
       </c>
       <c r="B276" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="C276" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D276" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="E276">
         <v>1</v>
       </c>
       <c r="F276">
         <v>0</v>
       </c>
       <c r="G276">
         <v>0</v>
       </c>
       <c r="H276" t="s">
-        <v>466</v>
+        <v>31</v>
       </c>
       <c r="I276" t="s">
         <v>22</v>
       </c>
       <c r="J276" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277">
-        <v>413</v>
+        <v>1374</v>
       </c>
       <c r="B277" t="s">
-        <v>479</v>
+        <v>457</v>
       </c>
       <c r="C277" t="s">
-        <v>38</v>
+        <v>289</v>
       </c>
       <c r="D277" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="E277">
         <v>1</v>
       </c>
       <c r="F277">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G277">
         <v>0</v>
       </c>
       <c r="H277" t="s">
-        <v>480</v>
+        <v>34</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278">
-        <v>1268</v>
+        <v>1229</v>
       </c>
       <c r="B278" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="C278" t="s">
-        <v>270</v>
+        <v>33</v>
       </c>
       <c r="D278" t="s">
-        <v>208</v>
+        <v>20</v>
       </c>
       <c r="E278">
         <v>1</v>
       </c>
       <c r="F278">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G278">
         <v>0</v>
       </c>
       <c r="H278" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279">
-        <v>1421</v>
+        <v>1389</v>
       </c>
       <c r="B279" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="C279" t="s">
-        <v>483</v>
+        <v>36</v>
       </c>
       <c r="D279" t="s">
         <v>20</v>
       </c>
       <c r="E279">
         <v>1</v>
       </c>
       <c r="F279">
         <v>1</v>
       </c>
       <c r="G279">
         <v>0</v>
       </c>
       <c r="H279" t="s">
-        <v>484</v>
+        <v>40</v>
       </c>
       <c r="I279" t="s">
         <v>22</v>
       </c>
       <c r="J279" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280">
-        <v>577</v>
+        <v>1253</v>
       </c>
       <c r="B280" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C280" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D280" t="s">
         <v>20</v>
       </c>
       <c r="E280">
         <v>2</v>
       </c>
       <c r="F280">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G280">
         <v>0</v>
       </c>
       <c r="H280" t="s">
-        <v>21</v>
+        <v>271</v>
       </c>
       <c r="I280" t="s">
         <v>22</v>
       </c>
       <c r="J280" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281">
-        <v>1019</v>
+        <v>1406</v>
       </c>
       <c r="B281" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C281" t="s">
-        <v>30</v>
+        <v>492</v>
       </c>
       <c r="D281" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="E281">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F281">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G281">
         <v>0</v>
       </c>
       <c r="H281" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="I281" t="s">
-        <v>488</v>
+        <v>22</v>
       </c>
       <c r="J281" t="s">
-        <v>489</v>
+        <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282">
+        <v>413</v>
+      </c>
+      <c r="B282" t="s">
+        <v>494</v>
+      </c>
+      <c r="C282" t="s">
+        <v>66</v>
+      </c>
+      <c r="D282" t="s">
+        <v>78</v>
+      </c>
+      <c r="E282">
+        <v>1</v>
+      </c>
+      <c r="F282">
+        <v>2</v>
+      </c>
+      <c r="G282">
+        <v>0</v>
+      </c>
+      <c r="H282" t="s">
+        <v>495</v>
+      </c>
+      <c r="I282" t="s">
+        <v>22</v>
+      </c>
+      <c r="J282" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283">
+        <v>1268</v>
+      </c>
+      <c r="B283" t="s">
+        <v>496</v>
+      </c>
+      <c r="C283" t="s">
+        <v>266</v>
+      </c>
+      <c r="D283" t="s">
+        <v>160</v>
+      </c>
+      <c r="E283">
+        <v>1</v>
+      </c>
+      <c r="F283">
+        <v>2</v>
+      </c>
+      <c r="G283">
+        <v>0</v>
+      </c>
+      <c r="H283" t="s">
+        <v>52</v>
+      </c>
+      <c r="I283" t="s">
+        <v>22</v>
+      </c>
+      <c r="J283" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284">
+        <v>1425</v>
+      </c>
+      <c r="B284" t="s">
+        <v>497</v>
+      </c>
+      <c r="C284" t="s">
+        <v>33</v>
+      </c>
+      <c r="D284" t="s">
+        <v>20</v>
+      </c>
+      <c r="E284">
+        <v>1</v>
+      </c>
+      <c r="F284">
+        <v>0</v>
+      </c>
+      <c r="G284">
+        <v>0</v>
+      </c>
+      <c r="H284" t="s">
+        <v>40</v>
+      </c>
+      <c r="I284" t="s">
+        <v>22</v>
+      </c>
+      <c r="J284" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285">
+        <v>577</v>
+      </c>
+      <c r="B285" t="s">
+        <v>498</v>
+      </c>
+      <c r="C285" t="s">
+        <v>19</v>
+      </c>
+      <c r="D285" t="s">
+        <v>20</v>
+      </c>
+      <c r="E285">
+        <v>2</v>
+      </c>
+      <c r="F285">
+        <v>4</v>
+      </c>
+      <c r="G285">
+        <v>0</v>
+      </c>
+      <c r="H285" t="s">
+        <v>55</v>
+      </c>
+      <c r="I285" t="s">
+        <v>22</v>
+      </c>
+      <c r="J285" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286">
+        <v>1285</v>
+      </c>
+      <c r="B286" t="s">
+        <v>499</v>
+      </c>
+      <c r="C286" t="s">
+        <v>25</v>
+      </c>
+      <c r="D286" t="s">
+        <v>63</v>
+      </c>
+      <c r="E286">
+        <v>0</v>
+      </c>
+      <c r="F286">
+        <v>0</v>
+      </c>
+      <c r="G286">
+        <v>0</v>
+      </c>
+      <c r="H286" t="s">
+        <v>59</v>
+      </c>
+      <c r="I286" t="s">
+        <v>22</v>
+      </c>
+      <c r="J286" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287">
+        <v>871</v>
+      </c>
+      <c r="B287" t="s">
+        <v>500</v>
+      </c>
+      <c r="C287" t="s">
+        <v>501</v>
+      </c>
+      <c r="D287" t="s">
+        <v>20</v>
+      </c>
+      <c r="E287">
+        <v>1</v>
+      </c>
+      <c r="F287">
+        <v>0</v>
+      </c>
+      <c r="G287">
+        <v>0</v>
+      </c>
+      <c r="H287" t="s">
+        <v>99</v>
+      </c>
+      <c r="I287" t="s">
+        <v>22</v>
+      </c>
+      <c r="J287" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288">
+        <v>1301</v>
+      </c>
+      <c r="B288" t="s">
+        <v>502</v>
+      </c>
+      <c r="C288" t="s">
+        <v>503</v>
+      </c>
+      <c r="D288" t="s">
+        <v>81</v>
+      </c>
+      <c r="E288">
+        <v>1</v>
+      </c>
+      <c r="F288">
+        <v>0</v>
+      </c>
+      <c r="G288">
+        <v>0</v>
+      </c>
+      <c r="H288" t="s">
+        <v>106</v>
+      </c>
+      <c r="I288" t="s">
+        <v>22</v>
+      </c>
+      <c r="J288" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289">
+        <v>907</v>
+      </c>
+      <c r="B289" t="s">
+        <v>504</v>
+      </c>
+      <c r="C289" t="s">
+        <v>19</v>
+      </c>
+      <c r="D289" t="s">
+        <v>20</v>
+      </c>
+      <c r="E289">
+        <v>1</v>
+      </c>
+      <c r="F289">
+        <v>0</v>
+      </c>
+      <c r="G289">
+        <v>0</v>
+      </c>
+      <c r="H289" t="s">
+        <v>67</v>
+      </c>
+      <c r="I289" t="s">
+        <v>22</v>
+      </c>
+      <c r="J289" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290">
+        <v>1322</v>
+      </c>
+      <c r="B290" t="s">
+        <v>505</v>
+      </c>
+      <c r="C290" t="s">
+        <v>33</v>
+      </c>
+      <c r="D290" t="s">
+        <v>20</v>
+      </c>
+      <c r="E290">
+        <v>1</v>
+      </c>
+      <c r="F290">
+        <v>1</v>
+      </c>
+      <c r="G290">
+        <v>0</v>
+      </c>
+      <c r="H290" t="s">
+        <v>438</v>
+      </c>
+      <c r="I290" t="s">
+        <v>22</v>
+      </c>
+      <c r="J290" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291">
+        <v>1019</v>
+      </c>
+      <c r="B291" t="s">
+        <v>506</v>
+      </c>
+      <c r="C291" t="s">
+        <v>19</v>
+      </c>
+      <c r="D291" t="s">
+        <v>20</v>
+      </c>
+      <c r="E291">
+        <v>2</v>
+      </c>
+      <c r="F291">
+        <v>1</v>
+      </c>
+      <c r="G291">
+        <v>0</v>
+      </c>
+      <c r="H291" t="s">
+        <v>507</v>
+      </c>
+      <c r="I291" t="s">
+        <v>508</v>
+      </c>
+      <c r="J291" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292">
         <v>1021</v>
       </c>
-      <c r="B282" t="s">
-[...24 lines deleted...]
-        <v>489</v>
+      <c r="B292" t="s">
+        <v>510</v>
+      </c>
+      <c r="C292" t="s">
+        <v>19</v>
+      </c>
+      <c r="D292" t="s">
+        <v>20</v>
+      </c>
+      <c r="E292">
+        <v>1</v>
+      </c>
+      <c r="F292">
+        <v>0</v>
+      </c>
+      <c r="G292">
+        <v>0</v>
+      </c>
+      <c r="H292" t="s">
+        <v>511</v>
+      </c>
+      <c r="I292" t="s">
+        <v>508</v>
+      </c>
+      <c r="J292" t="s">
+        <v>509</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">